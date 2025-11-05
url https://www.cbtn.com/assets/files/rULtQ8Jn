--- v0 (2025-10-07)
+++ v1 (2025-11-05)
@@ -3,94 +3,107 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="20415"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr filterPrivacy="1" saveExternalLinkValues="0" codeName="ThisWorkbook" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A12EAE9D-D6ED-4F3B-B000-263E83E2D8C1}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4DD47106-2B9F-4320-90FE-D4AD4B753904}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12225" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Branches" sheetId="5" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="6" r:id="rId2"/>
   </sheets>
-  <calcPr calcId="191029" iterate="1"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="T42" i="5" l="1"/>
-[...2 lines deleted...]
-  <c r="Q42" i="5"/>
+  <c r="Q42" i="5" l="1"/>
+  <c r="T42" i="5" s="1"/>
   <c r="BB42" i="5"/>
   <c r="BC42" i="5"/>
-  <c r="T41" i="5"/>
-[...1 lines deleted...]
-  <c r="S41" i="5"/>
   <c r="Q41" i="5"/>
   <c r="BB41" i="5"/>
+  <c r="T41" i="5" s="1"/>
   <c r="BC41" i="5"/>
-  <c r="T40" i="5"/>
-[...1 lines deleted...]
-  <c r="S40" i="5" s="1"/>
   <c r="Q40" i="5"/>
   <c r="BB40" i="5"/>
+  <c r="T40" i="5" s="1"/>
   <c r="BC40" i="5"/>
-  <c r="T39" i="5"/>
-[...1 lines deleted...]
-  <c r="S39" i="5" s="1"/>
   <c r="Q39" i="5"/>
   <c r="BB39" i="5"/>
+  <c r="T39" i="5" s="1"/>
   <c r="BC39" i="5"/>
   <c r="Q38" i="5"/>
   <c r="BB38" i="5"/>
   <c r="BC38" i="5"/>
-  <c r="T38" i="5" l="1"/>
+  <c r="U42" i="5" l="1"/>
+  <c r="S42" i="5" s="1"/>
+  <c r="U39" i="5"/>
+  <c r="S39" i="5" s="1"/>
+  <c r="U40" i="5"/>
+  <c r="S40" i="5" s="1"/>
+  <c r="U41" i="5"/>
+  <c r="S41" i="5" s="1"/>
+  <c r="T38" i="5"/>
   <c r="U38" i="5"/>
   <c r="S38" i="5" s="1"/>
   <c r="AA45" i="5"/>
   <c r="BC51" i="5" l="1"/>
   <c r="BB51" i="5"/>
   <c r="X51" i="5" s="1"/>
   <c r="AA51" i="5"/>
   <c r="Z51" i="5"/>
   <c r="Y51" i="5"/>
   <c r="Q51" i="5"/>
   <c r="BC50" i="5"/>
   <c r="BB50" i="5"/>
   <c r="X50" i="5" s="1"/>
   <c r="AA50" i="5"/>
   <c r="Z50" i="5"/>
   <c r="Y50" i="5"/>
   <c r="Q50" i="5"/>
   <c r="BC49" i="5"/>
   <c r="BB49" i="5"/>
   <c r="X49" i="5" s="1"/>
   <c r="AA49" i="5"/>
   <c r="Z49" i="5"/>
   <c r="Y49" i="5"/>
   <c r="Q49" i="5"/>
   <c r="BC48" i="5"/>
@@ -149,245 +162,245 @@
   <c r="BC35" i="5"/>
   <c r="BB35" i="5"/>
   <c r="X35" i="5" s="1"/>
   <c r="Z35" i="5"/>
   <c r="Y35" i="5"/>
   <c r="Q35" i="5"/>
   <c r="BC34" i="5"/>
   <c r="BB34" i="5"/>
   <c r="AA34" i="5"/>
   <c r="Z34" i="5"/>
   <c r="Y34" i="5"/>
   <c r="Q34" i="5"/>
   <c r="BC33" i="5"/>
   <c r="BB33" i="5"/>
   <c r="X33" i="5" s="1"/>
   <c r="AA33" i="5"/>
   <c r="Z33" i="5"/>
   <c r="Y33" i="5"/>
   <c r="Q33" i="5"/>
   <c r="BC18" i="6"/>
   <c r="BB18" i="6"/>
   <c r="U18" i="6" s="1"/>
   <c r="AA18" i="6"/>
   <c r="Z18" i="6"/>
   <c r="Y18" i="6"/>
-  <c r="W18" i="6"/>
   <c r="Q18" i="6"/>
-  <c r="T18" i="6" s="1"/>
   <c r="BC17" i="6"/>
   <c r="BB17" i="6"/>
   <c r="X17" i="6" s="1"/>
   <c r="AA17" i="6"/>
   <c r="Z17" i="6"/>
   <c r="Y17" i="6"/>
   <c r="Q17" i="6"/>
   <c r="BC7" i="6"/>
   <c r="BB7" i="6"/>
   <c r="U7" i="6" s="1"/>
   <c r="AA7" i="6"/>
   <c r="Z7" i="6"/>
   <c r="Y7" i="6"/>
-  <c r="X7" i="6"/>
   <c r="W7" i="6"/>
-  <c r="V7" i="6"/>
   <c r="Q7" i="6"/>
-  <c r="T7" i="6" s="1"/>
   <c r="BC6" i="6"/>
   <c r="BB6" i="6"/>
   <c r="X6" i="6" s="1"/>
   <c r="AA6" i="6"/>
   <c r="Z6" i="6"/>
   <c r="Y6" i="6"/>
   <c r="Q6" i="6"/>
   <c r="BC5" i="6"/>
   <c r="BB5" i="6"/>
+  <c r="X5" i="6" s="1"/>
+  <c r="V5" i="6" s="1"/>
   <c r="AA5" i="6"/>
   <c r="Z5" i="6"/>
   <c r="Y5" i="6"/>
-  <c r="X5" i="6"/>
   <c r="W5" i="6"/>
-  <c r="V5" i="6"/>
   <c r="U5" i="6"/>
   <c r="Q5" i="6"/>
-  <c r="T5" i="6" s="1"/>
   <c r="BC4" i="6"/>
   <c r="BB4" i="6"/>
   <c r="X4" i="6" s="1"/>
   <c r="AA4" i="6"/>
   <c r="Z4" i="6"/>
   <c r="Y4" i="6"/>
   <c r="Q4" i="6"/>
   <c r="BC3" i="6"/>
   <c r="BB3" i="6"/>
   <c r="AA3" i="6"/>
   <c r="Z3" i="6"/>
   <c r="Y3" i="6"/>
   <c r="X3" i="6"/>
   <c r="W3" i="6"/>
   <c r="V3" i="6"/>
-  <c r="U3" i="6"/>
   <c r="Q3" i="6"/>
   <c r="T3" i="6" s="1"/>
   <c r="BC2" i="6"/>
   <c r="BB2" i="6"/>
   <c r="X2" i="6" s="1"/>
   <c r="AA2" i="6"/>
   <c r="Z2" i="6"/>
   <c r="Y2" i="6"/>
   <c r="Q2" i="6"/>
   <c r="BC1" i="6"/>
   <c r="BB1" i="6"/>
+  <c r="X1" i="6" s="1"/>
   <c r="AA1" i="6"/>
   <c r="Z1" i="6"/>
   <c r="Y1" i="6"/>
-  <c r="X1" i="6"/>
-[...2 lines deleted...]
-  <c r="U1" i="6"/>
   <c r="Q1" i="6"/>
   <c r="T1" i="6" s="1"/>
-  <c r="T47" i="5" l="1"/>
+  <c r="X7" i="6" l="1"/>
+  <c r="T5" i="6"/>
+  <c r="U3" i="6"/>
+  <c r="S3" i="6" s="1"/>
+  <c r="T18" i="6"/>
+  <c r="W1" i="6"/>
+  <c r="V1" i="6" s="1"/>
+  <c r="W18" i="6"/>
+  <c r="U1" i="6"/>
+  <c r="S1" i="6" s="1"/>
+  <c r="T7" i="6"/>
+  <c r="V7" i="6"/>
+  <c r="T47" i="5"/>
   <c r="W43" i="5"/>
   <c r="V43" i="5" s="1"/>
   <c r="T43" i="5"/>
   <c r="U47" i="5"/>
+  <c r="S47" i="5" s="1"/>
   <c r="U45" i="5"/>
   <c r="U43" i="5"/>
+  <c r="S43" i="5" s="1"/>
   <c r="W45" i="5"/>
   <c r="V45" i="5" s="1"/>
   <c r="X47" i="5"/>
   <c r="V47" i="5" s="1"/>
   <c r="U51" i="5"/>
   <c r="W51" i="5"/>
   <c r="V51" i="5" s="1"/>
   <c r="T45" i="5"/>
   <c r="U34" i="5"/>
   <c r="W36" i="5"/>
   <c r="V36" i="5" s="1"/>
   <c r="U44" i="5"/>
   <c r="U46" i="5"/>
   <c r="U48" i="5"/>
   <c r="U49" i="5"/>
   <c r="U50" i="5"/>
   <c r="T50" i="5"/>
   <c r="S50" i="5" s="1"/>
   <c r="W50" i="5"/>
   <c r="V50" i="5" s="1"/>
   <c r="T51" i="5"/>
-  <c r="S43" i="5"/>
-  <c r="S47" i="5"/>
   <c r="W49" i="5"/>
   <c r="V49" i="5" s="1"/>
   <c r="T44" i="5"/>
   <c r="T46" i="5"/>
   <c r="T48" i="5"/>
   <c r="W44" i="5"/>
   <c r="V44" i="5" s="1"/>
   <c r="W46" i="5"/>
   <c r="V46" i="5" s="1"/>
   <c r="W48" i="5"/>
   <c r="V48" i="5" s="1"/>
   <c r="T49" i="5"/>
-  <c r="S49" i="5" s="1"/>
   <c r="W34" i="5"/>
   <c r="X34" i="5"/>
   <c r="T37" i="5"/>
   <c r="T36" i="5"/>
   <c r="W33" i="5"/>
   <c r="V33" i="5" s="1"/>
   <c r="T34" i="5"/>
   <c r="U36" i="5"/>
   <c r="U37" i="5"/>
   <c r="T35" i="5"/>
   <c r="T33" i="5"/>
   <c r="U35" i="5"/>
   <c r="W37" i="5"/>
   <c r="V37" i="5" s="1"/>
   <c r="U33" i="5"/>
   <c r="W35" i="5"/>
   <c r="V35" i="5" s="1"/>
   <c r="X18" i="6"/>
   <c r="V18" i="6" s="1"/>
   <c r="T17" i="6"/>
   <c r="U17" i="6"/>
-  <c r="S17" i="6" s="1"/>
   <c r="W17" i="6"/>
   <c r="V17" i="6" s="1"/>
   <c r="S18" i="6"/>
-  <c r="S3" i="6"/>
-  <c r="S1" i="6"/>
   <c r="S5" i="6"/>
   <c r="U2" i="6"/>
-  <c r="S2" i="6" s="1"/>
   <c r="T4" i="6"/>
   <c r="U4" i="6"/>
-  <c r="S4" i="6" s="1"/>
   <c r="U6" i="6"/>
   <c r="W2" i="6"/>
   <c r="V2" i="6" s="1"/>
   <c r="W4" i="6"/>
   <c r="V4" i="6" s="1"/>
   <c r="W6" i="6"/>
   <c r="V6" i="6" s="1"/>
   <c r="S7" i="6"/>
   <c r="T2" i="6"/>
   <c r="T6" i="6"/>
   <c r="S6" i="6" s="1"/>
   <c r="Z13" i="5"/>
   <c r="Y13" i="5"/>
   <c r="Z12" i="5"/>
   <c r="Y12" i="5"/>
   <c r="Z11" i="5"/>
   <c r="Y11" i="5"/>
   <c r="Z10" i="5"/>
   <c r="Y10" i="5"/>
   <c r="Z9" i="5"/>
   <c r="Y9" i="5"/>
   <c r="Z8" i="5"/>
   <c r="Y8" i="5"/>
   <c r="AA23" i="5"/>
   <c r="J27" i="5"/>
   <c r="J26" i="5"/>
   <c r="J25" i="5"/>
   <c r="J24" i="5"/>
   <c r="J23" i="5"/>
   <c r="J22" i="5"/>
   <c r="J21" i="5"/>
   <c r="J20" i="5"/>
   <c r="J19" i="5"/>
   <c r="J18" i="5"/>
   <c r="J17" i="5"/>
   <c r="J16" i="5"/>
   <c r="J15" i="5"/>
   <c r="J14" i="5"/>
   <c r="J13" i="5"/>
   <c r="J12" i="5"/>
   <c r="J10" i="5"/>
   <c r="J9" i="5"/>
   <c r="J8" i="5"/>
-  <c r="S48" i="5" l="1"/>
+  <c r="S4" i="6" l="1"/>
+  <c r="S17" i="6"/>
+  <c r="S2" i="6"/>
+  <c r="S49" i="5"/>
+  <c r="S48" i="5"/>
   <c r="S36" i="5"/>
   <c r="S46" i="5"/>
   <c r="S44" i="5"/>
   <c r="S45" i="5"/>
   <c r="S34" i="5"/>
   <c r="S51" i="5"/>
   <c r="S37" i="5"/>
   <c r="S33" i="5"/>
   <c r="S35" i="5"/>
   <c r="V34" i="5"/>
   <c r="BC241" i="5"/>
   <c r="BB241" i="5"/>
   <c r="AA241" i="5"/>
   <c r="Z241" i="5"/>
   <c r="Y241" i="5"/>
   <c r="R241" i="5"/>
   <c r="Q241" i="5"/>
   <c r="BC240" i="5"/>
   <c r="BB240" i="5"/>
   <c r="AA240" i="5"/>
   <c r="Z240" i="5"/>
   <c r="Y240" i="5"/>
   <c r="R240" i="5"/>
   <c r="Q240" i="5"/>
   <c r="BC239" i="5"/>
@@ -437,51 +450,50 @@
   <c r="AA233" i="5"/>
   <c r="Z233" i="5"/>
   <c r="Y233" i="5"/>
   <c r="R233" i="5"/>
   <c r="Q233" i="5"/>
   <c r="BC232" i="5"/>
   <c r="BB232" i="5"/>
   <c r="AA232" i="5"/>
   <c r="Z232" i="5"/>
   <c r="Y232" i="5"/>
   <c r="R232" i="5"/>
   <c r="Q232" i="5"/>
   <c r="BC231" i="5"/>
   <c r="BB231" i="5"/>
   <c r="AA231" i="5"/>
   <c r="Z231" i="5"/>
   <c r="Y231" i="5"/>
   <c r="R231" i="5"/>
   <c r="Q231" i="5"/>
   <c r="BC230" i="5"/>
   <c r="BB230" i="5"/>
   <c r="AA230" i="5"/>
   <c r="Z230" i="5"/>
   <c r="Y230" i="5"/>
   <c r="R230" i="5"/>
-  <c r="W230" i="5" s="1"/>
   <c r="Q230" i="5"/>
   <c r="BC229" i="5"/>
   <c r="BB229" i="5"/>
   <c r="AA229" i="5"/>
   <c r="Z229" i="5"/>
   <c r="Y229" i="5"/>
   <c r="R229" i="5"/>
   <c r="Q229" i="5"/>
   <c r="BC228" i="5"/>
   <c r="BB228" i="5"/>
   <c r="AA228" i="5"/>
   <c r="Z228" i="5"/>
   <c r="Y228" i="5"/>
   <c r="R228" i="5"/>
   <c r="Q228" i="5"/>
   <c r="BC227" i="5"/>
   <c r="BB227" i="5"/>
   <c r="AA227" i="5"/>
   <c r="Z227" i="5"/>
   <c r="Y227" i="5"/>
   <c r="R227" i="5"/>
   <c r="Q227" i="5"/>
   <c r="BC226" i="5"/>
   <c r="BB226" i="5"/>
   <c r="AA226" i="5"/>
@@ -1185,51 +1197,50 @@
   <c r="Z127" i="5"/>
   <c r="Y127" i="5"/>
   <c r="R127" i="5"/>
   <c r="Q127" i="5"/>
   <c r="BC126" i="5"/>
   <c r="BB126" i="5"/>
   <c r="AA126" i="5"/>
   <c r="Z126" i="5"/>
   <c r="Y126" i="5"/>
   <c r="R126" i="5"/>
   <c r="Q126" i="5"/>
   <c r="BC125" i="5"/>
   <c r="BB125" i="5"/>
   <c r="AA125" i="5"/>
   <c r="Z125" i="5"/>
   <c r="Y125" i="5"/>
   <c r="R125" i="5"/>
   <c r="Q125" i="5"/>
   <c r="BC124" i="5"/>
   <c r="BB124" i="5"/>
   <c r="AA124" i="5"/>
   <c r="Z124" i="5"/>
   <c r="Y124" i="5"/>
   <c r="R124" i="5"/>
   <c r="Q124" i="5"/>
-  <c r="U124" i="5" s="1"/>
   <c r="BC123" i="5"/>
   <c r="BB123" i="5"/>
   <c r="AA123" i="5"/>
   <c r="Z123" i="5"/>
   <c r="Y123" i="5"/>
   <c r="R123" i="5"/>
   <c r="Q123" i="5"/>
   <c r="BC122" i="5"/>
   <c r="BB122" i="5"/>
   <c r="AA122" i="5"/>
   <c r="Z122" i="5"/>
   <c r="Y122" i="5"/>
   <c r="R122" i="5"/>
   <c r="Q122" i="5"/>
   <c r="BC121" i="5"/>
   <c r="BB121" i="5"/>
   <c r="AA121" i="5"/>
   <c r="Z121" i="5"/>
   <c r="Y121" i="5"/>
   <c r="R121" i="5"/>
   <c r="Q121" i="5"/>
   <c r="BC120" i="5"/>
   <c r="BB120" i="5"/>
   <c r="AA120" i="5"/>
   <c r="Z120" i="5"/>
@@ -1333,51 +1344,50 @@
   <c r="Z106" i="5"/>
   <c r="Y106" i="5"/>
   <c r="R106" i="5"/>
   <c r="Q106" i="5"/>
   <c r="BC105" i="5"/>
   <c r="BB105" i="5"/>
   <c r="AA105" i="5"/>
   <c r="Z105" i="5"/>
   <c r="Y105" i="5"/>
   <c r="R105" i="5"/>
   <c r="Q105" i="5"/>
   <c r="BC104" i="5"/>
   <c r="BB104" i="5"/>
   <c r="AA104" i="5"/>
   <c r="Z104" i="5"/>
   <c r="Y104" i="5"/>
   <c r="R104" i="5"/>
   <c r="Q104" i="5"/>
   <c r="BC103" i="5"/>
   <c r="BB103" i="5"/>
   <c r="AA103" i="5"/>
   <c r="Z103" i="5"/>
   <c r="Y103" i="5"/>
   <c r="R103" i="5"/>
   <c r="Q103" i="5"/>
-  <c r="T103" i="5" s="1"/>
   <c r="BC102" i="5"/>
   <c r="BB102" i="5"/>
   <c r="AA102" i="5"/>
   <c r="Z102" i="5"/>
   <c r="Y102" i="5"/>
   <c r="R102" i="5"/>
   <c r="Q102" i="5"/>
   <c r="BC101" i="5"/>
   <c r="BB101" i="5"/>
   <c r="AA101" i="5"/>
   <c r="Z101" i="5"/>
   <c r="Y101" i="5"/>
   <c r="R101" i="5"/>
   <c r="Q101" i="5"/>
   <c r="BC100" i="5"/>
   <c r="BB100" i="5"/>
   <c r="AA100" i="5"/>
   <c r="Z100" i="5"/>
   <c r="Y100" i="5"/>
   <c r="R100" i="5"/>
   <c r="Q100" i="5"/>
   <c r="BC99" i="5"/>
   <c r="BB99" i="5"/>
   <c r="AA99" i="5"/>
   <c r="Z99" i="5"/>
@@ -1488,51 +1498,50 @@
   <c r="Z84" i="5"/>
   <c r="Y84" i="5"/>
   <c r="R84" i="5"/>
   <c r="Q84" i="5"/>
   <c r="BC83" i="5"/>
   <c r="BB83" i="5"/>
   <c r="AA83" i="5"/>
   <c r="Z83" i="5"/>
   <c r="Y83" i="5"/>
   <c r="R83" i="5"/>
   <c r="Q83" i="5"/>
   <c r="BC82" i="5"/>
   <c r="BB82" i="5"/>
   <c r="AA82" i="5"/>
   <c r="Z82" i="5"/>
   <c r="Y82" i="5"/>
   <c r="R82" i="5"/>
   <c r="Q82" i="5"/>
   <c r="BC81" i="5"/>
   <c r="BB81" i="5"/>
   <c r="AA81" i="5"/>
   <c r="Z81" i="5"/>
   <c r="Y81" i="5"/>
   <c r="R81" i="5"/>
   <c r="Q81" i="5"/>
-  <c r="U81" i="5" s="1"/>
   <c r="BC80" i="5"/>
   <c r="BB80" i="5"/>
   <c r="AA80" i="5"/>
   <c r="Z80" i="5"/>
   <c r="Y80" i="5"/>
   <c r="R80" i="5"/>
   <c r="Q80" i="5"/>
   <c r="BC79" i="5"/>
   <c r="BB79" i="5"/>
   <c r="AA79" i="5"/>
   <c r="Z79" i="5"/>
   <c r="Y79" i="5"/>
   <c r="R79" i="5"/>
   <c r="Q79" i="5"/>
   <c r="BC78" i="5"/>
   <c r="BB78" i="5"/>
   <c r="AA78" i="5"/>
   <c r="Z78" i="5"/>
   <c r="Y78" i="5"/>
   <c r="R78" i="5"/>
   <c r="Q78" i="5"/>
   <c r="U78" i="5" s="1"/>
   <c r="BC77" i="5"/>
   <c r="BB77" i="5"/>
   <c r="AA77" i="5"/>
@@ -1823,503 +1832,493 @@
   <c r="Q15" i="5"/>
   <c r="BC14" i="5"/>
   <c r="BB14" i="5"/>
   <c r="W14" i="5" s="1"/>
   <c r="Z14" i="5"/>
   <c r="Y14" i="5"/>
   <c r="Q14" i="5"/>
   <c r="BC13" i="5"/>
   <c r="BB13" i="5"/>
   <c r="Q13" i="5"/>
   <c r="BC12" i="5"/>
   <c r="BB12" i="5"/>
   <c r="Q12" i="5"/>
   <c r="BC11" i="5"/>
   <c r="BB11" i="5"/>
   <c r="Q11" i="5"/>
   <c r="BC10" i="5"/>
   <c r="BB10" i="5"/>
   <c r="Q10" i="5"/>
   <c r="BC9" i="5"/>
   <c r="BB9" i="5"/>
   <c r="Q9" i="5"/>
   <c r="BC8" i="5"/>
   <c r="BB8" i="5"/>
   <c r="Q8" i="5"/>
-  <c r="X103" i="5" l="1"/>
+  <c r="W230" i="5" l="1"/>
+  <c r="T103" i="5"/>
+  <c r="U81" i="5"/>
+  <c r="U124" i="5"/>
+  <c r="X103" i="5"/>
   <c r="X163" i="5"/>
   <c r="T230" i="5"/>
   <c r="T107" i="5"/>
   <c r="U108" i="5"/>
   <c r="U233" i="5"/>
   <c r="X90" i="5"/>
   <c r="X124" i="5"/>
   <c r="V124" i="5" s="1"/>
   <c r="W172" i="5"/>
   <c r="T216" i="5"/>
   <c r="W214" i="5"/>
   <c r="X182" i="5"/>
   <c r="U83" i="5"/>
   <c r="U236" i="5"/>
   <c r="X106" i="5"/>
   <c r="W164" i="5"/>
   <c r="W89" i="5"/>
   <c r="T232" i="5"/>
   <c r="X223" i="5"/>
   <c r="W129" i="5"/>
   <c r="W169" i="5"/>
   <c r="W209" i="5"/>
   <c r="X222" i="5"/>
   <c r="W85" i="5"/>
   <c r="X112" i="5"/>
   <c r="X120" i="5"/>
   <c r="T208" i="5"/>
   <c r="T77" i="5"/>
   <c r="W76" i="5"/>
   <c r="U91" i="5"/>
   <c r="T62" i="5"/>
   <c r="U89" i="5"/>
   <c r="S89" i="5" s="1"/>
   <c r="W122" i="5"/>
   <c r="W177" i="5"/>
   <c r="X199" i="5"/>
   <c r="W225" i="5"/>
   <c r="T131" i="5"/>
   <c r="W79" i="5"/>
   <c r="X167" i="5"/>
   <c r="W175" i="5"/>
   <c r="X54" i="5"/>
   <c r="X100" i="5"/>
   <c r="U102" i="5"/>
-  <c r="S102" i="5" s="1"/>
   <c r="U154" i="5"/>
   <c r="U52" i="5"/>
   <c r="W60" i="5"/>
   <c r="T64" i="5"/>
   <c r="W81" i="5"/>
   <c r="T93" i="5"/>
   <c r="U142" i="5"/>
   <c r="T203" i="5"/>
   <c r="T211" i="5"/>
   <c r="U59" i="5"/>
   <c r="X68" i="5"/>
   <c r="T92" i="5"/>
   <c r="U97" i="5"/>
   <c r="U105" i="5"/>
   <c r="W106" i="5"/>
   <c r="X108" i="5"/>
   <c r="U149" i="5"/>
   <c r="W153" i="5"/>
   <c r="U58" i="5"/>
   <c r="U75" i="5"/>
   <c r="U76" i="5"/>
   <c r="X148" i="5"/>
   <c r="W180" i="5"/>
   <c r="X198" i="5"/>
   <c r="T201" i="5"/>
-  <c r="S201" i="5" s="1"/>
   <c r="X206" i="5"/>
   <c r="X61" i="5"/>
   <c r="W131" i="5"/>
   <c r="W135" i="5"/>
   <c r="X139" i="5"/>
   <c r="U147" i="5"/>
   <c r="X151" i="5"/>
   <c r="T179" i="5"/>
   <c r="T182" i="5"/>
   <c r="T184" i="5"/>
   <c r="W185" i="5"/>
   <c r="T197" i="5"/>
   <c r="T213" i="5"/>
   <c r="W239" i="5"/>
   <c r="X188" i="5"/>
   <c r="X196" i="5"/>
   <c r="W66" i="5"/>
+  <c r="V66" i="5" s="1"/>
   <c r="X70" i="5"/>
   <c r="T229" i="5"/>
   <c r="W238" i="5"/>
   <c r="W82" i="5"/>
   <c r="X84" i="5"/>
   <c r="T89" i="5"/>
   <c r="X153" i="5"/>
   <c r="U176" i="5"/>
   <c r="T209" i="5"/>
   <c r="W228" i="5"/>
   <c r="T237" i="5"/>
   <c r="T86" i="5"/>
   <c r="U92" i="5"/>
   <c r="T100" i="5"/>
   <c r="T120" i="5"/>
   <c r="W124" i="5"/>
   <c r="T133" i="5"/>
   <c r="T150" i="5"/>
   <c r="T160" i="5"/>
   <c r="T227" i="5"/>
   <c r="X63" i="5"/>
   <c r="W67" i="5"/>
   <c r="X101" i="5"/>
   <c r="T111" i="5"/>
   <c r="X137" i="5"/>
   <c r="X166" i="5"/>
   <c r="W174" i="5"/>
   <c r="T190" i="5"/>
   <c r="X209" i="5"/>
   <c r="U214" i="5"/>
-  <c r="S214" i="5" s="1"/>
   <c r="T94" i="5"/>
   <c r="W111" i="5"/>
   <c r="T115" i="5"/>
   <c r="T126" i="5"/>
   <c r="T129" i="5"/>
   <c r="U139" i="5"/>
   <c r="U145" i="5"/>
   <c r="X159" i="5"/>
   <c r="T173" i="5"/>
   <c r="X186" i="5"/>
   <c r="X190" i="5"/>
   <c r="T221" i="5"/>
   <c r="W222" i="5"/>
   <c r="V222" i="5" s="1"/>
   <c r="W223" i="5"/>
   <c r="V223" i="5" s="1"/>
   <c r="X65" i="5"/>
   <c r="T68" i="5"/>
   <c r="T73" i="5"/>
   <c r="X82" i="5"/>
   <c r="U84" i="5"/>
   <c r="X93" i="5"/>
   <c r="T123" i="5"/>
   <c r="X140" i="5"/>
   <c r="U157" i="5"/>
   <c r="X158" i="5"/>
-  <c r="V158" i="5" s="1"/>
   <c r="U163" i="5"/>
   <c r="X164" i="5"/>
   <c r="T167" i="5"/>
   <c r="U193" i="5"/>
   <c r="W198" i="5"/>
   <c r="X220" i="5"/>
   <c r="X92" i="5"/>
   <c r="X122" i="5"/>
   <c r="W139" i="5"/>
   <c r="W182" i="5"/>
-  <c r="V182" i="5" s="1"/>
   <c r="U184" i="5"/>
   <c r="X201" i="5"/>
   <c r="U204" i="5"/>
   <c r="U219" i="5"/>
-  <c r="S219" i="5" s="1"/>
   <c r="X53" i="5"/>
   <c r="X64" i="5"/>
   <c r="W68" i="5"/>
   <c r="W72" i="5"/>
   <c r="T75" i="5"/>
   <c r="X76" i="5"/>
   <c r="T79" i="5"/>
   <c r="T84" i="5"/>
   <c r="T85" i="5"/>
   <c r="T99" i="5"/>
   <c r="T102" i="5"/>
   <c r="T108" i="5"/>
   <c r="S108" i="5" s="1"/>
   <c r="X114" i="5"/>
   <c r="V114" i="5" s="1"/>
   <c r="W133" i="5"/>
   <c r="W144" i="5"/>
   <c r="T147" i="5"/>
   <c r="W148" i="5"/>
   <c r="W156" i="5"/>
   <c r="V156" i="5" s="1"/>
   <c r="W158" i="5"/>
   <c r="X160" i="5"/>
   <c r="U171" i="5"/>
   <c r="X172" i="5"/>
   <c r="V172" i="5" s="1"/>
   <c r="T183" i="5"/>
   <c r="T185" i="5"/>
   <c r="W191" i="5"/>
   <c r="T194" i="5"/>
   <c r="T205" i="5"/>
   <c r="T225" i="5"/>
   <c r="X236" i="5"/>
   <c r="X52" i="5"/>
   <c r="W62" i="5"/>
   <c r="X77" i="5"/>
   <c r="T81" i="5"/>
   <c r="S81" i="5" s="1"/>
   <c r="X98" i="5"/>
   <c r="W100" i="5"/>
   <c r="X129" i="5"/>
-  <c r="V129" i="5" s="1"/>
   <c r="T146" i="5"/>
   <c r="T151" i="5"/>
   <c r="T154" i="5"/>
   <c r="T162" i="5"/>
   <c r="U166" i="5"/>
   <c r="X170" i="5"/>
   <c r="T177" i="5"/>
   <c r="X180" i="5"/>
   <c r="U182" i="5"/>
   <c r="T189" i="5"/>
   <c r="W190" i="5"/>
   <c r="X204" i="5"/>
   <c r="V204" i="5" s="1"/>
   <c r="U217" i="5"/>
   <c r="U220" i="5"/>
   <c r="X225" i="5"/>
-  <c r="V225" i="5" s="1"/>
   <c r="X228" i="5"/>
   <c r="U230" i="5"/>
+  <c r="S230" i="5" s="1"/>
   <c r="X231" i="5"/>
   <c r="U235" i="5"/>
   <c r="T238" i="5"/>
   <c r="T239" i="5"/>
   <c r="W97" i="5"/>
   <c r="T104" i="5"/>
   <c r="X127" i="5"/>
   <c r="V127" i="5" s="1"/>
   <c r="T134" i="5"/>
   <c r="X177" i="5"/>
   <c r="X69" i="5"/>
   <c r="X87" i="5"/>
   <c r="W90" i="5"/>
   <c r="X95" i="5"/>
   <c r="X111" i="5"/>
   <c r="U119" i="5"/>
   <c r="X138" i="5"/>
   <c r="X161" i="5"/>
   <c r="X174" i="5"/>
   <c r="X175" i="5"/>
   <c r="X212" i="5"/>
   <c r="V212" i="5" s="1"/>
   <c r="W220" i="5"/>
   <c r="X238" i="5"/>
   <c r="X239" i="5"/>
   <c r="X14" i="5"/>
   <c r="V14" i="5" s="1"/>
   <c r="T22" i="5"/>
   <c r="W58" i="5"/>
   <c r="U86" i="5"/>
   <c r="W92" i="5"/>
   <c r="W93" i="5"/>
   <c r="U94" i="5"/>
   <c r="S94" i="5" s="1"/>
   <c r="U100" i="5"/>
-  <c r="S100" i="5" s="1"/>
   <c r="T110" i="5"/>
   <c r="T118" i="5"/>
   <c r="T124" i="5"/>
   <c r="S124" i="5" s="1"/>
   <c r="U127" i="5"/>
   <c r="U131" i="5"/>
   <c r="S131" i="5" s="1"/>
   <c r="T157" i="5"/>
   <c r="U195" i="5"/>
   <c r="W196" i="5"/>
   <c r="U211" i="5"/>
   <c r="T214" i="5"/>
   <c r="T169" i="5"/>
   <c r="X185" i="5"/>
   <c r="X194" i="5"/>
   <c r="T198" i="5"/>
   <c r="T200" i="5"/>
   <c r="W201" i="5"/>
   <c r="U203" i="5"/>
   <c r="S203" i="5" s="1"/>
   <c r="U227" i="5"/>
   <c r="U241" i="5"/>
   <c r="W55" i="5"/>
   <c r="X66" i="5"/>
   <c r="X116" i="5"/>
   <c r="W127" i="5"/>
   <c r="X135" i="5"/>
   <c r="T140" i="5"/>
   <c r="T142" i="5"/>
   <c r="X146" i="5"/>
   <c r="W207" i="5"/>
   <c r="V207" i="5" s="1"/>
   <c r="X215" i="5"/>
   <c r="X230" i="5"/>
   <c r="V230" i="5" s="1"/>
   <c r="U30" i="5"/>
   <c r="W30" i="5"/>
   <c r="V30" i="5" s="1"/>
   <c r="T27" i="5"/>
   <c r="W22" i="5"/>
   <c r="V22" i="5" s="1"/>
   <c r="W17" i="5"/>
   <c r="V17" i="5" s="1"/>
   <c r="W53" i="5"/>
   <c r="U62" i="5"/>
   <c r="U64" i="5"/>
   <c r="U66" i="5"/>
   <c r="U68" i="5"/>
-  <c r="S68" i="5" s="1"/>
   <c r="U72" i="5"/>
   <c r="W84" i="5"/>
   <c r="T87" i="5"/>
   <c r="W95" i="5"/>
   <c r="T97" i="5"/>
   <c r="W108" i="5"/>
   <c r="V108" i="5" s="1"/>
   <c r="X109" i="5"/>
   <c r="U110" i="5"/>
   <c r="T112" i="5"/>
   <c r="W114" i="5"/>
   <c r="T119" i="5"/>
   <c r="X131" i="5"/>
   <c r="U133" i="5"/>
   <c r="T135" i="5"/>
   <c r="W142" i="5"/>
   <c r="U144" i="5"/>
   <c r="T148" i="5"/>
   <c r="U160" i="5"/>
   <c r="W166" i="5"/>
   <c r="X169" i="5"/>
-  <c r="V169" i="5" s="1"/>
   <c r="T171" i="5"/>
   <c r="T174" i="5"/>
   <c r="T186" i="5"/>
   <c r="W188" i="5"/>
   <c r="V188" i="5" s="1"/>
   <c r="T193" i="5"/>
   <c r="U206" i="5"/>
   <c r="U209" i="5"/>
   <c r="X214" i="5"/>
   <c r="V214" i="5" s="1"/>
   <c r="W217" i="5"/>
   <c r="T219" i="5"/>
   <c r="T222" i="5"/>
   <c r="T233" i="5"/>
-  <c r="S233" i="5" s="1"/>
   <c r="W241" i="5"/>
   <c r="W64" i="5"/>
   <c r="X78" i="5"/>
   <c r="X85" i="5"/>
   <c r="V85" i="5" s="1"/>
   <c r="T91" i="5"/>
   <c r="U116" i="5"/>
   <c r="U137" i="5"/>
   <c r="X142" i="5"/>
-  <c r="V142" i="5" s="1"/>
   <c r="U190" i="5"/>
   <c r="X217" i="5"/>
   <c r="X241" i="5"/>
   <c r="U31" i="5"/>
   <c r="T32" i="5"/>
   <c r="T70" i="5"/>
   <c r="W87" i="5"/>
   <c r="W98" i="5"/>
   <c r="W116" i="5"/>
   <c r="X117" i="5"/>
   <c r="W119" i="5"/>
   <c r="T121" i="5"/>
   <c r="W137" i="5"/>
   <c r="U140" i="5"/>
   <c r="T149" i="5"/>
   <c r="X162" i="5"/>
   <c r="U174" i="5"/>
   <c r="U177" i="5"/>
   <c r="W193" i="5"/>
   <c r="T195" i="5"/>
-  <c r="S195" i="5" s="1"/>
   <c r="W199" i="5"/>
   <c r="W206" i="5"/>
   <c r="U212" i="5"/>
   <c r="U222" i="5"/>
   <c r="U225" i="5"/>
   <c r="W233" i="5"/>
   <c r="T235" i="5"/>
   <c r="T26" i="5"/>
   <c r="W31" i="5"/>
   <c r="V31" i="5" s="1"/>
   <c r="U32" i="5"/>
   <c r="S32" i="5" s="1"/>
   <c r="X56" i="5"/>
   <c r="U70" i="5"/>
   <c r="T83" i="5"/>
   <c r="U99" i="5"/>
   <c r="U103" i="5"/>
   <c r="S103" i="5" s="1"/>
   <c r="X119" i="5"/>
   <c r="U121" i="5"/>
   <c r="T138" i="5"/>
   <c r="T139" i="5"/>
   <c r="W151" i="5"/>
-  <c r="V151" i="5" s="1"/>
   <c r="T175" i="5"/>
   <c r="X191" i="5"/>
   <c r="X193" i="5"/>
   <c r="U198" i="5"/>
   <c r="U201" i="5"/>
   <c r="X207" i="5"/>
   <c r="X233" i="5"/>
   <c r="W236" i="5"/>
   <c r="S184" i="5"/>
   <c r="T31" i="5"/>
   <c r="T23" i="5"/>
   <c r="U14" i="5"/>
   <c r="W19" i="5"/>
+  <c r="V19" i="5" s="1"/>
   <c r="U20" i="5"/>
   <c r="U23" i="5"/>
   <c r="W26" i="5"/>
   <c r="V26" i="5" s="1"/>
   <c r="T29" i="5"/>
   <c r="W32" i="5"/>
   <c r="V32" i="5" s="1"/>
   <c r="X60" i="5"/>
   <c r="T78" i="5"/>
   <c r="S78" i="5" s="1"/>
   <c r="X79" i="5"/>
   <c r="W212" i="5"/>
   <c r="W215" i="5"/>
   <c r="U228" i="5"/>
   <c r="U238" i="5"/>
   <c r="S238" i="5" s="1"/>
   <c r="X144" i="5"/>
   <c r="U169" i="5"/>
   <c r="T116" i="5"/>
   <c r="T52" i="5"/>
   <c r="U53" i="5"/>
   <c r="U55" i="5"/>
   <c r="T58" i="5"/>
-  <c r="S58" i="5" s="1"/>
   <c r="U60" i="5"/>
   <c r="T61" i="5"/>
   <c r="U63" i="5"/>
   <c r="T66" i="5"/>
   <c r="T95" i="5"/>
   <c r="W103" i="5"/>
   <c r="V103" i="5" s="1"/>
   <c r="U111" i="5"/>
   <c r="U185" i="5"/>
   <c r="T206" i="5"/>
   <c r="T215" i="5"/>
   <c r="T217" i="5"/>
   <c r="W231" i="5"/>
   <c r="T241" i="5"/>
-  <c r="V66" i="5"/>
   <c r="U79" i="5"/>
   <c r="U87" i="5"/>
   <c r="U95" i="5"/>
   <c r="X105" i="5"/>
   <c r="W105" i="5"/>
   <c r="X118" i="5"/>
   <c r="W118" i="5"/>
   <c r="X126" i="5"/>
   <c r="W126" i="5"/>
   <c r="X181" i="5"/>
   <c r="W181" i="5"/>
   <c r="U181" i="5"/>
   <c r="T181" i="5"/>
   <c r="W12" i="5"/>
   <c r="U12" i="5"/>
   <c r="T12" i="5"/>
   <c r="X12" i="5"/>
   <c r="X58" i="5"/>
   <c r="W59" i="5"/>
   <c r="U73" i="5"/>
   <c r="X80" i="5"/>
   <c r="W80" i="5"/>
   <c r="U80" i="5"/>
   <c r="X88" i="5"/>
   <c r="W88" i="5"/>
@@ -2328,51 +2327,50 @@
   <c r="W96" i="5"/>
   <c r="U96" i="5"/>
   <c r="X136" i="5"/>
   <c r="W136" i="5"/>
   <c r="U136" i="5"/>
   <c r="T136" i="5"/>
   <c r="X155" i="5"/>
   <c r="W155" i="5"/>
   <c r="U155" i="5"/>
   <c r="X168" i="5"/>
   <c r="W168" i="5"/>
   <c r="U168" i="5"/>
   <c r="T168" i="5"/>
   <c r="T57" i="5"/>
   <c r="T54" i="5"/>
   <c r="U57" i="5"/>
   <c r="U71" i="5"/>
   <c r="U17" i="5"/>
   <c r="U26" i="5"/>
   <c r="W52" i="5"/>
   <c r="U54" i="5"/>
   <c r="X55" i="5"/>
   <c r="T59" i="5"/>
   <c r="U61" i="5"/>
   <c r="T63" i="5"/>
-  <c r="S63" i="5" s="1"/>
   <c r="W69" i="5"/>
   <c r="U69" i="5"/>
   <c r="W70" i="5"/>
   <c r="T71" i="5"/>
   <c r="U74" i="5"/>
   <c r="T74" i="5"/>
   <c r="W77" i="5"/>
   <c r="U77" i="5"/>
   <c r="S77" i="5" s="1"/>
   <c r="W78" i="5"/>
   <c r="W101" i="5"/>
   <c r="T105" i="5"/>
   <c r="U106" i="5"/>
   <c r="T106" i="5"/>
   <c r="X107" i="5"/>
   <c r="W107" i="5"/>
   <c r="U107" i="5"/>
   <c r="S107" i="5" s="1"/>
   <c r="T117" i="5"/>
   <c r="T125" i="5"/>
   <c r="X128" i="5"/>
   <c r="W128" i="5"/>
   <c r="U128" i="5"/>
   <c r="U143" i="5"/>
   <c r="X143" i="5"/>
@@ -2395,81 +2393,77 @@
   <c r="X113" i="5"/>
   <c r="W113" i="5"/>
   <c r="X125" i="5"/>
   <c r="X13" i="5"/>
   <c r="W13" i="5"/>
   <c r="U13" i="5"/>
   <c r="T13" i="5"/>
   <c r="T16" i="5"/>
   <c r="U24" i="5"/>
   <c r="T25" i="5"/>
   <c r="U29" i="5"/>
   <c r="T30" i="5"/>
   <c r="T53" i="5"/>
   <c r="W54" i="5"/>
   <c r="U56" i="5"/>
   <c r="X57" i="5"/>
   <c r="U65" i="5"/>
   <c r="T67" i="5"/>
   <c r="T69" i="5"/>
   <c r="W71" i="5"/>
   <c r="X72" i="5"/>
   <c r="X73" i="5"/>
   <c r="X81" i="5"/>
   <c r="X89" i="5"/>
   <c r="X97" i="5"/>
-  <c r="V97" i="5" s="1"/>
   <c r="T101" i="5"/>
   <c r="X102" i="5"/>
   <c r="W102" i="5"/>
   <c r="U118" i="5"/>
   <c r="U126" i="5"/>
   <c r="X8" i="5"/>
   <c r="W8" i="5"/>
   <c r="U8" i="5"/>
   <c r="T8" i="5"/>
   <c r="U15" i="5"/>
   <c r="U16" i="5"/>
-  <c r="S16" i="5" s="1"/>
   <c r="T20" i="5"/>
   <c r="W24" i="5"/>
   <c r="V24" i="5" s="1"/>
   <c r="W29" i="5"/>
   <c r="V29" i="5" s="1"/>
   <c r="X59" i="5"/>
   <c r="W61" i="5"/>
   <c r="W63" i="5"/>
   <c r="U67" i="5"/>
   <c r="X71" i="5"/>
-  <c r="V71" i="5" s="1"/>
   <c r="W74" i="5"/>
   <c r="X75" i="5"/>
   <c r="W75" i="5"/>
   <c r="T80" i="5"/>
   <c r="T88" i="5"/>
   <c r="T96" i="5"/>
-  <c r="S96" i="5" s="1"/>
   <c r="W109" i="5"/>
   <c r="V109" i="5" s="1"/>
   <c r="T113" i="5"/>
   <c r="U114" i="5"/>
   <c r="T114" i="5"/>
   <c r="X115" i="5"/>
   <c r="W115" i="5"/>
   <c r="U115" i="5"/>
   <c r="U122" i="5"/>
   <c r="T122" i="5"/>
   <c r="X123" i="5"/>
   <c r="W123" i="5"/>
   <c r="U123" i="5"/>
   <c r="X147" i="5"/>
   <c r="W147" i="5"/>
   <c r="T155" i="5"/>
   <c r="T158" i="5"/>
   <c r="U158" i="5"/>
   <c r="S168" i="5"/>
   <c r="T56" i="5"/>
   <c r="W73" i="5"/>
   <c r="U11" i="5"/>
   <c r="T11" i="5"/>
   <c r="W11" i="5"/>
   <c r="X11" i="5"/>
@@ -2526,73 +2520,71 @@
   <c r="W145" i="5"/>
   <c r="X152" i="5"/>
   <c r="W152" i="5"/>
   <c r="U152" i="5"/>
   <c r="T152" i="5"/>
   <c r="U161" i="5"/>
   <c r="T161" i="5"/>
   <c r="W121" i="5"/>
   <c r="U132" i="5"/>
   <c r="U138" i="5"/>
   <c r="W140" i="5"/>
   <c r="V140" i="5" s="1"/>
   <c r="X141" i="5"/>
   <c r="W141" i="5"/>
   <c r="U179" i="5"/>
   <c r="X187" i="5"/>
   <c r="W187" i="5"/>
   <c r="U104" i="5"/>
   <c r="U112" i="5"/>
   <c r="U120" i="5"/>
   <c r="S120" i="5" s="1"/>
   <c r="X121" i="5"/>
   <c r="T132" i="5"/>
   <c r="U134" i="5"/>
   <c r="T137" i="5"/>
-  <c r="S137" i="5" s="1"/>
   <c r="W146" i="5"/>
   <c r="U148" i="5"/>
   <c r="U150" i="5"/>
   <c r="U153" i="5"/>
   <c r="T153" i="5"/>
   <c r="U156" i="5"/>
   <c r="T156" i="5"/>
   <c r="W159" i="5"/>
   <c r="V159" i="5" s="1"/>
   <c r="U159" i="5"/>
   <c r="W160" i="5"/>
   <c r="V160" i="5" s="1"/>
   <c r="T166" i="5"/>
   <c r="X176" i="5"/>
   <c r="W176" i="5"/>
   <c r="X200" i="5"/>
   <c r="W200" i="5"/>
   <c r="U200" i="5"/>
   <c r="X208" i="5"/>
   <c r="W208" i="5"/>
   <c r="U208" i="5"/>
-  <c r="S208" i="5" s="1"/>
   <c r="X216" i="5"/>
   <c r="W216" i="5"/>
   <c r="U216" i="5"/>
   <c r="X224" i="5"/>
   <c r="W224" i="5"/>
   <c r="U224" i="5"/>
   <c r="S224" i="5" s="1"/>
   <c r="X232" i="5"/>
   <c r="W232" i="5"/>
   <c r="U232" i="5"/>
   <c r="X240" i="5"/>
   <c r="W240" i="5"/>
   <c r="U240" i="5"/>
   <c r="U85" i="5"/>
   <c r="U93" i="5"/>
   <c r="U101" i="5"/>
   <c r="U109" i="5"/>
   <c r="U117" i="5"/>
   <c r="U125" i="5"/>
   <c r="T141" i="5"/>
   <c r="W161" i="5"/>
   <c r="U170" i="5"/>
   <c r="T170" i="5"/>
   <c r="X171" i="5"/>
   <c r="W171" i="5"/>
@@ -2635,51 +2627,50 @@
   <c r="W195" i="5"/>
   <c r="X203" i="5"/>
   <c r="W203" i="5"/>
   <c r="X211" i="5"/>
   <c r="W211" i="5"/>
   <c r="X219" i="5"/>
   <c r="W219" i="5"/>
   <c r="X227" i="5"/>
   <c r="W227" i="5"/>
   <c r="X235" i="5"/>
   <c r="W235" i="5"/>
   <c r="U129" i="5"/>
   <c r="X132" i="5"/>
   <c r="X133" i="5"/>
   <c r="V133" i="5" s="1"/>
   <c r="X134" i="5"/>
   <c r="T144" i="5"/>
   <c r="U146" i="5"/>
   <c r="X149" i="5"/>
   <c r="W149" i="5"/>
   <c r="X150" i="5"/>
   <c r="X157" i="5"/>
   <c r="W157" i="5"/>
   <c r="T159" i="5"/>
   <c r="U162" i="5"/>
-  <c r="S162" i="5" s="1"/>
   <c r="T163" i="5"/>
   <c r="S163" i="5" s="1"/>
   <c r="U172" i="5"/>
   <c r="T172" i="5"/>
   <c r="X173" i="5"/>
   <c r="W173" i="5"/>
   <c r="U173" i="5"/>
   <c r="T176" i="5"/>
   <c r="X184" i="5"/>
   <c r="W184" i="5"/>
   <c r="V196" i="5"/>
   <c r="S232" i="5"/>
   <c r="W138" i="5"/>
   <c r="T145" i="5"/>
   <c r="S145" i="5" s="1"/>
   <c r="U164" i="5"/>
   <c r="T164" i="5"/>
   <c r="U178" i="5"/>
   <c r="T178" i="5"/>
   <c r="X179" i="5"/>
   <c r="W179" i="5"/>
   <c r="U196" i="5"/>
   <c r="T196" i="5"/>
   <c r="X197" i="5"/>
   <c r="W197" i="5"/>
@@ -2697,106 +2688,128 @@
   <c r="U234" i="5"/>
   <c r="T234" i="5"/>
   <c r="X237" i="5"/>
   <c r="T240" i="5"/>
   <c r="U205" i="5"/>
   <c r="U213" i="5"/>
   <c r="U221" i="5"/>
   <c r="U229" i="5"/>
   <c r="U237" i="5"/>
   <c r="U186" i="5"/>
   <c r="U194" i="5"/>
   <c r="U202" i="5"/>
   <c r="U226" i="5"/>
   <c r="U175" i="5"/>
   <c r="S175" i="5" s="1"/>
   <c r="U183" i="5"/>
   <c r="U191" i="5"/>
   <c r="U199" i="5"/>
   <c r="T204" i="5"/>
   <c r="W205" i="5"/>
   <c r="U207" i="5"/>
   <c r="T212" i="5"/>
   <c r="S212" i="5" s="1"/>
   <c r="W213" i="5"/>
   <c r="U215" i="5"/>
-  <c r="S215" i="5" s="1"/>
   <c r="T220" i="5"/>
-  <c r="S220" i="5" s="1"/>
   <c r="W221" i="5"/>
   <c r="U223" i="5"/>
   <c r="T228" i="5"/>
   <c r="W229" i="5"/>
   <c r="U231" i="5"/>
   <c r="T236" i="5"/>
   <c r="W237" i="5"/>
   <c r="U239" i="5"/>
   <c r="W162" i="5"/>
   <c r="W170" i="5"/>
   <c r="W178" i="5"/>
-  <c r="V178" i="5" s="1"/>
   <c r="W186" i="5"/>
   <c r="V186" i="5" s="1"/>
   <c r="W194" i="5"/>
   <c r="V199" i="5"/>
   <c r="W202" i="5"/>
   <c r="S206" i="5"/>
   <c r="W210" i="5"/>
   <c r="W218" i="5"/>
   <c r="W226" i="5"/>
-  <c r="S230" i="5"/>
-  <c r="V19" i="5"/>
   <c r="T14" i="5"/>
   <c r="W20" i="5"/>
   <c r="U22" i="5"/>
   <c r="W27" i="5"/>
   <c r="X20" i="5"/>
   <c r="X27" i="5"/>
   <c r="U21" i="5"/>
   <c r="U28" i="5"/>
   <c r="T15" i="5"/>
   <c r="W16" i="5"/>
   <c r="V16" i="5" s="1"/>
   <c r="U18" i="5"/>
   <c r="W23" i="5"/>
   <c r="V23" i="5" s="1"/>
   <c r="U25" i="5"/>
   <c r="T21" i="5"/>
   <c r="T18" i="5"/>
   <c r="W21" i="5"/>
   <c r="V21" i="5" s="1"/>
   <c r="W28" i="5"/>
   <c r="V28" i="5" s="1"/>
   <c r="T28" i="5"/>
   <c r="T17" i="5"/>
   <c r="W18" i="5"/>
   <c r="V18" i="5" s="1"/>
   <c r="T24" i="5"/>
   <c r="W25" i="5"/>
   <c r="V25" i="5" s="1"/>
   <c r="U27" i="5"/>
-  <c r="V63" i="5" l="1"/>
+  <c r="S63" i="5" l="1"/>
+  <c r="S214" i="5"/>
+  <c r="S219" i="5"/>
+  <c r="S16" i="5"/>
+  <c r="V178" i="5"/>
+  <c r="S58" i="5"/>
+  <c r="S233" i="5"/>
+  <c r="V129" i="5"/>
+  <c r="V182" i="5"/>
+  <c r="S201" i="5"/>
+  <c r="V225" i="5"/>
+  <c r="S102" i="5"/>
+  <c r="S96" i="5"/>
+  <c r="S137" i="5"/>
+  <c r="V97" i="5"/>
+  <c r="S162" i="5"/>
+  <c r="S220" i="5"/>
+  <c r="S208" i="5"/>
+  <c r="V158" i="5"/>
+  <c r="S215" i="5"/>
+  <c r="V71" i="5"/>
+  <c r="V151" i="5"/>
+  <c r="S195" i="5"/>
+  <c r="V142" i="5"/>
+  <c r="V169" i="5"/>
+  <c r="S68" i="5"/>
+  <c r="S100" i="5"/>
+  <c r="V63" i="5"/>
   <c r="S87" i="5"/>
   <c r="S154" i="5"/>
   <c r="V68" i="5"/>
   <c r="V198" i="5"/>
   <c r="S149" i="5"/>
   <c r="S240" i="5"/>
   <c r="V134" i="5"/>
   <c r="V61" i="5"/>
   <c r="V55" i="5"/>
   <c r="S171" i="5"/>
   <c r="S62" i="5"/>
   <c r="S198" i="5"/>
   <c r="V60" i="5"/>
   <c r="S209" i="5"/>
   <c r="S182" i="5"/>
   <c r="V226" i="5"/>
   <c r="V81" i="5"/>
   <c r="V206" i="5"/>
   <c r="V111" i="5"/>
   <c r="S177" i="5"/>
   <c r="S19" i="5"/>
   <c r="S222" i="5"/>
   <c r="S176" i="5"/>
   <c r="V65" i="5"/>
   <c r="S115" i="5"/>
@@ -3091,51 +3104,51 @@
   <c r="S66" i="5"/>
   <c r="V210" i="5"/>
   <c r="V232" i="5"/>
   <c r="S80" i="5"/>
   <c r="V233" i="5"/>
   <c r="S69" i="5"/>
   <c r="V171" i="5"/>
   <c r="V27" i="5"/>
   <c r="V8" i="5"/>
   <c r="V10" i="5"/>
   <c r="V195" i="5"/>
   <c r="S156" i="5"/>
   <c r="V9" i="5"/>
   <c r="S128" i="5"/>
   <c r="S178" i="5"/>
   <c r="S152" i="5"/>
   <c r="V12" i="5"/>
   <c r="S159" i="5"/>
   <c r="S18" i="5"/>
   <c r="S21" i="5"/>
   <c r="S28" i="5"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="820" uniqueCount="205">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="827" uniqueCount="206">
   <si>
     <t>Geocode</t>
   </si>
   <si>
     <t>Unique Branch ID #</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Full Service</t>
   </si>
   <si>
     <t>Cash Only</t>
   </si>
   <si>
     <t xml:space="preserve">Street Address                                                             </t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t xml:space="preserve">State </t>
   </si>
   <si>
@@ -3744,181 +3757,184 @@
   <si>
     <t>908 N 12th St (US Hwy 25E)</t>
   </si>
   <si>
     <t xml:space="preserve">Harrogate </t>
   </si>
   <si>
     <t xml:space="preserve">New Tazewell North </t>
   </si>
   <si>
     <t>New Tazewell South</t>
   </si>
   <si>
     <t>Barbourville-Union Plaza</t>
   </si>
   <si>
     <t>Barbourville-Parkway</t>
   </si>
   <si>
     <t>Morristown-Millennium Square</t>
   </si>
   <si>
     <t>Morristown-College Square</t>
   </si>
   <si>
-    <t>Branches &amp; ATMs: Existing, Opened, or Closed 1/1/2023 - 12/31/2023</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Cocke </t>
   </si>
   <si>
     <t xml:space="preserve">111 Court Avenue </t>
   </si>
   <si>
     <t xml:space="preserve">Newport </t>
   </si>
   <si>
     <t xml:space="preserve">122 Franklin Rd </t>
   </si>
   <si>
     <t xml:space="preserve">Brentwood </t>
-  </si>
-[...62 lines deleted...]
-    </r>
   </si>
   <si>
     <t>Gastonia Main Ave</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>Gaston</t>
   </si>
   <si>
     <t xml:space="preserve">292 W Main Ave </t>
   </si>
   <si>
     <t>Gastonia</t>
   </si>
   <si>
     <t>Gastonia Union Rd</t>
   </si>
   <si>
     <t>2227 Union Rd</t>
   </si>
   <si>
     <t>Kings Mountain</t>
   </si>
   <si>
     <t>Cleveland</t>
   </si>
   <si>
     <t>1113 Shelby Rd</t>
   </si>
   <si>
     <t>Lincolnton LPO</t>
   </si>
   <si>
     <t>226 E Main St</t>
   </si>
   <si>
     <t>Lincolnton</t>
   </si>
   <si>
     <t>Shelby</t>
   </si>
   <si>
     <t>412 S Dekalb St</t>
   </si>
   <si>
     <t xml:space="preserve">Shelby </t>
+  </si>
+  <si>
+    <t>504 W Broadway</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">OPENED or CLOSED in </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>2025</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>**</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Status Code</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>: Select O or C for opened or closed in</t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> 2025 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(or OC for both opened &amp; closed in 2025), otherwise, select E.</t>
+    </r>
+  </si>
+  <si>
+    <t>Branches &amp; ATMs: Existing, Opened, or Closed 1/1/2025 - 12/31/2025</t>
+  </si>
+  <si>
+    <t>Newport-Courthouse</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="mm/dd/yy;@"/>
   </numFmts>
   <fonts count="24" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -4632,51 +4648,51 @@
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="hair">
         <color auto="1"/>
       </right>
       <top style="hair">
         <color auto="1"/>
       </top>
       <bottom style="hair">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="233">
+  <cellXfs count="244">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
@@ -4974,237 +4990,159 @@
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="20" fontId="0" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="20" fontId="0" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="20" fontId="0" fillId="2" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="20" fontId="0" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="20" fontId="0" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" textRotation="90" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" textRotation="90" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" textRotation="90" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" textRotation="90" wrapText="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" textRotation="90" wrapText="1"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" textRotation="90" wrapText="1"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" textRotation="90" wrapText="1"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" textRotation="90" wrapText="1"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" textRotation="90" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" textRotation="90" wrapText="1"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" textRotation="90" wrapText="1"/>
+    <xf numFmtId="20" fontId="0" fillId="2" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" textRotation="90" wrapText="1"/>
+    <xf numFmtId="20" fontId="0" fillId="2" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...6 lines deleted...]
-      <alignment horizontal="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" textRotation="90" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...44 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...12 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
@@ -5256,1601 +5194,193 @@
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" textRotation="90" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="3" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal 4" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
   </cellStyles>
-  <dxfs count="246">
-[...1518 lines deleted...]
-    </dxf>
+  <dxfs count="60">
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFF00"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFF00"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFF00"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFF00"/>
@@ -6894,156 +5424,373 @@
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="2"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="2"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="2"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
-          <bgColor theme="0" tint="-4.9989318521683403E-2"/>
+          <bgColor rgb="FFFFFF00"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFFF00"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFFF00"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFFF00"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFFF00"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFFF00"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="2"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="2"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="2"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="2"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFFF00"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFFF00"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="2"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFFF00"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFFF00"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFFF00"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFFF00"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="2"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFFF00"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="2"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="2"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFFF00"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFFF00"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="2"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFFF00"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="2"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="2"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="2"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="2"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFFF00"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFFF00"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFFF00"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFFF00"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="2"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="2"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="2"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="2"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="2"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
-          <bgColor theme="2"/>
+          <bgColor rgb="FFFFFF00"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="2"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
-          <bgColor theme="2"/>
+          <bgColor rgb="FFFFFF00"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFFF00"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="2"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="0" tint="-4.9989318521683403E-2"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
-          <bgColor theme="2"/>
+          <bgColor rgb="FFFFFF00"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="2"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
-          <bgColor theme="2"/>
-[...13 lines deleted...]
-          <bgColor theme="2"/>
+          <bgColor rgb="FFFFFF00"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="2"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
@@ -7257,197 +6004,163 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="6733493" y="691695"/>
           <a:ext cx="505508" cy="953362"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -7587,54 +6300,54 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:BL694"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <pane xSplit="4" ySplit="7" topLeftCell="E35" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="4" ySplit="7" topLeftCell="E42" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
-      <selection pane="bottomRight" activeCell="A40" sqref="A40"/>
+      <selection pane="bottomRight" activeCell="D54" sqref="D54"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8.28515625" style="124" customWidth="1"/>
     <col min="2" max="2" width="29.42578125" style="125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="4.28515625" style="126" customWidth="1"/>
     <col min="4" max="4" width="15.28515625" style="125" customWidth="1"/>
     <col min="5" max="5" width="5.7109375" style="126" customWidth="1"/>
     <col min="6" max="6" width="29.85546875" style="115" customWidth="1"/>
     <col min="7" max="7" width="15.42578125" style="115" customWidth="1"/>
     <col min="8" max="8" width="4.85546875" style="126" customWidth="1"/>
     <col min="9" max="9" width="7.140625" style="126" customWidth="1"/>
     <col min="10" max="10" width="8.7109375" style="126" customWidth="1"/>
     <col min="11" max="11" width="10.7109375" style="127" customWidth="1"/>
     <col min="12" max="12" width="5.140625" style="126" customWidth="1"/>
     <col min="13" max="13" width="9.7109375" style="127" customWidth="1"/>
     <col min="14" max="14" width="4.7109375" style="126" customWidth="1"/>
     <col min="15" max="15" width="5.28515625" style="126" customWidth="1"/>
     <col min="16" max="16" width="20" style="126" customWidth="1"/>
     <col min="17" max="17" width="5.28515625" style="126" customWidth="1"/>
     <col min="18" max="18" width="6.85546875" style="126" customWidth="1"/>
     <col min="19" max="24" width="3.7109375" style="126" hidden="1" customWidth="1"/>
     <col min="25" max="25" width="5.28515625" style="128" hidden="1" customWidth="1"/>
     <col min="26" max="26" width="5.28515625" style="126" hidden="1" customWidth="1"/>
@@ -7655,671 +6368,671 @@
     <col min="45" max="45" width="5.5703125" style="9" bestFit="1" customWidth="1"/>
     <col min="46" max="46" width="4.7109375" style="126" customWidth="1"/>
     <col min="47" max="47" width="7.28515625" style="126" customWidth="1"/>
     <col min="48" max="48" width="6" style="126" customWidth="1"/>
     <col min="49" max="49" width="5.28515625" style="126" customWidth="1"/>
     <col min="50" max="51" width="6.42578125" style="126" customWidth="1"/>
     <col min="52" max="52" width="7.85546875" style="115" customWidth="1"/>
     <col min="53" max="53" width="9.7109375" style="115" customWidth="1"/>
     <col min="54" max="54" width="0.7109375" style="115" customWidth="1"/>
     <col min="55" max="55" width="0.140625" style="115" customWidth="1"/>
     <col min="56" max="56" width="71" style="130" customWidth="1"/>
     <col min="57" max="57" width="22.7109375" style="115" customWidth="1"/>
     <col min="58" max="58" width="43.28515625" style="115" customWidth="1"/>
     <col min="59" max="59" width="46" style="115" customWidth="1"/>
     <col min="60" max="60" width="7.7109375" style="115" customWidth="1"/>
     <col min="61" max="61" width="3.42578125" style="115" customWidth="1"/>
     <col min="62" max="62" width="7.85546875" style="115" customWidth="1"/>
     <col min="63" max="63" width="6.42578125" style="115" customWidth="1"/>
     <col min="64" max="64" width="5.85546875" style="115" customWidth="1"/>
     <col min="65" max="16384" width="9.140625" style="115"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:64" s="61" customFormat="1" ht="22.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="57"/>
       <c r="B1" s="58"/>
-      <c r="C1" s="132"/>
+      <c r="C1" s="140"/>
       <c r="D1" s="59"/>
-      <c r="E1" s="132"/>
+      <c r="E1" s="140"/>
       <c r="F1" s="60"/>
       <c r="G1" s="60"/>
-      <c r="H1" s="144" t="s">
-[...19 lines deleted...]
-      <c r="Z1" s="143"/>
+      <c r="H1" s="227" t="s">
+        <v>203</v>
+      </c>
+      <c r="I1" s="227"/>
+      <c r="J1" s="227"/>
+      <c r="K1" s="227"/>
+      <c r="L1" s="227"/>
+      <c r="M1" s="227"/>
+      <c r="N1" s="227"/>
+      <c r="O1" s="227"/>
+      <c r="P1" s="227"/>
+      <c r="Q1" s="227"/>
+      <c r="R1" s="227"/>
+      <c r="S1" s="226"/>
+      <c r="T1" s="226"/>
+      <c r="U1" s="226"/>
+      <c r="V1" s="226"/>
+      <c r="W1" s="226"/>
+      <c r="X1" s="226"/>
+      <c r="Y1" s="226"/>
+      <c r="Z1" s="226"/>
       <c r="AA1" s="8"/>
-      <c r="AB1" s="194"/>
-[...24 lines deleted...]
-      <c r="BA1" s="198"/>
+      <c r="AB1" s="168"/>
+      <c r="AC1" s="168"/>
+      <c r="AD1" s="168"/>
+      <c r="AE1" s="168"/>
+      <c r="AF1" s="168"/>
+      <c r="AG1" s="168"/>
+      <c r="AH1" s="168"/>
+      <c r="AI1" s="168"/>
+      <c r="AJ1" s="168"/>
+      <c r="AK1" s="168"/>
+      <c r="AL1" s="168"/>
+      <c r="AM1" s="168"/>
+      <c r="AN1" s="168"/>
+      <c r="AO1" s="168"/>
+      <c r="AP1" s="168"/>
+      <c r="AQ1" s="168"/>
+      <c r="AR1" s="168"/>
+      <c r="AS1" s="168"/>
+      <c r="AT1" s="168"/>
+      <c r="AU1" s="168"/>
+      <c r="AV1" s="172"/>
+      <c r="AW1" s="172"/>
+      <c r="AX1" s="172"/>
+      <c r="AY1" s="172"/>
+      <c r="AZ1" s="172"/>
+      <c r="BA1" s="172"/>
       <c r="BD1" s="62"/>
       <c r="BH1" s="61" t="s">
         <v>27</v>
       </c>
       <c r="BI1" s="61" t="s">
         <v>27</v>
       </c>
       <c r="BJ1" s="61" t="s">
         <v>37</v>
       </c>
       <c r="BK1" s="61" t="s">
         <v>38</v>
       </c>
       <c r="BL1" s="61" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="2" spans="1:64" s="61" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="63"/>
       <c r="B2" s="63"/>
-      <c r="C2" s="185"/>
-      <c r="D2" s="185"/>
+      <c r="C2" s="199"/>
+      <c r="D2" s="199"/>
       <c r="E2" s="64"/>
-      <c r="F2" s="189"/>
-[...3 lines deleted...]
-      <c r="J2" s="203" t="s">
+      <c r="F2" s="203"/>
+      <c r="G2" s="203"/>
+      <c r="H2" s="203"/>
+      <c r="I2" s="203"/>
+      <c r="J2" s="177" t="s">
         <v>69</v>
       </c>
-      <c r="K2" s="195" t="s">
-[...6 lines deleted...]
-      <c r="P2" s="197"/>
+      <c r="K2" s="169" t="s">
+        <v>202</v>
+      </c>
+      <c r="L2" s="170"/>
+      <c r="M2" s="170"/>
+      <c r="N2" s="170"/>
+      <c r="O2" s="170"/>
+      <c r="P2" s="171"/>
       <c r="Q2" s="65"/>
       <c r="R2" s="65"/>
       <c r="S2" s="65"/>
       <c r="T2" s="65"/>
       <c r="U2" s="65"/>
       <c r="V2" s="65"/>
       <c r="W2" s="65"/>
       <c r="X2" s="65"/>
       <c r="Y2" s="65"/>
       <c r="Z2" s="65"/>
       <c r="AA2" s="65"/>
       <c r="AB2" s="65"/>
       <c r="AC2" s="65"/>
       <c r="AD2" s="65"/>
       <c r="AE2" s="65"/>
       <c r="AF2" s="65"/>
       <c r="AG2" s="65"/>
       <c r="AH2" s="65"/>
       <c r="AI2" s="65"/>
       <c r="AJ2" s="65"/>
       <c r="AK2" s="65"/>
       <c r="AL2" s="65"/>
       <c r="AM2" s="65"/>
       <c r="AN2" s="65"/>
       <c r="AO2" s="65"/>
       <c r="AP2" s="65"/>
       <c r="AQ2" s="65"/>
       <c r="AR2" s="65"/>
       <c r="AS2" s="65"/>
       <c r="AT2" s="65"/>
       <c r="AU2" s="66"/>
       <c r="BD2" s="62"/>
       <c r="BH2" s="61" t="s">
         <v>28</v>
       </c>
       <c r="BI2" s="61" t="s">
         <v>28</v>
       </c>
       <c r="BJ2" s="61" t="s">
         <v>34</v>
       </c>
       <c r="BK2" s="61" t="s">
         <v>39</v>
       </c>
       <c r="BL2" s="61" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:64" s="61" customFormat="1" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A3" s="135">
-[...6 lines deleted...]
-      <c r="D3" s="200"/>
+      <c r="A3" s="131">
+        <v>2025</v>
+      </c>
+      <c r="B3" s="173" t="s">
+        <v>204</v>
+      </c>
+      <c r="C3" s="174"/>
+      <c r="D3" s="174"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="68"/>
-      <c r="J3" s="204"/>
-      <c r="K3" s="227" t="s">
+      <c r="J3" s="178"/>
+      <c r="K3" s="159" t="s">
         <v>60</v>
       </c>
-      <c r="L3" s="228"/>
-      <c r="M3" s="229" t="s">
+      <c r="L3" s="160"/>
+      <c r="M3" s="161" t="s">
         <v>16</v>
       </c>
-      <c r="N3" s="228"/>
-[...2 lines deleted...]
-      <c r="Q3" s="193" t="s">
+      <c r="N3" s="160"/>
+      <c r="O3" s="160"/>
+      <c r="P3" s="162"/>
+      <c r="Q3" s="205" t="s">
         <v>61</v>
       </c>
-      <c r="R3" s="193"/>
+      <c r="R3" s="205"/>
       <c r="S3" s="69"/>
       <c r="T3" s="69"/>
       <c r="U3" s="69"/>
       <c r="V3" s="69"/>
       <c r="W3" s="69"/>
       <c r="X3" s="70"/>
-      <c r="Y3" s="190" t="s">
+      <c r="Y3" s="163" t="s">
         <v>70</v>
       </c>
-      <c r="Z3" s="191"/>
-[...21 lines deleted...]
-      <c r="AV3" s="186" t="s">
+      <c r="Z3" s="204"/>
+      <c r="AA3" s="204"/>
+      <c r="AB3" s="204"/>
+      <c r="AC3" s="204"/>
+      <c r="AD3" s="204"/>
+      <c r="AE3" s="204"/>
+      <c r="AF3" s="204"/>
+      <c r="AG3" s="204"/>
+      <c r="AH3" s="204"/>
+      <c r="AI3" s="204"/>
+      <c r="AJ3" s="204"/>
+      <c r="AK3" s="204"/>
+      <c r="AL3" s="204"/>
+      <c r="AM3" s="204"/>
+      <c r="AN3" s="204"/>
+      <c r="AO3" s="204"/>
+      <c r="AP3" s="204"/>
+      <c r="AQ3" s="204"/>
+      <c r="AR3" s="204"/>
+      <c r="AS3" s="204"/>
+      <c r="AT3" s="204"/>
+      <c r="AU3" s="164"/>
+      <c r="AV3" s="200" t="s">
         <v>0</v>
       </c>
-      <c r="AW3" s="187"/>
-[...3 lines deleted...]
-      <c r="BA3" s="188"/>
+      <c r="AW3" s="201"/>
+      <c r="AX3" s="201"/>
+      <c r="AY3" s="201"/>
+      <c r="AZ3" s="201"/>
+      <c r="BA3" s="202"/>
       <c r="BB3" s="71"/>
       <c r="BC3" s="71" t="s">
         <v>48</v>
       </c>
       <c r="BD3" s="62"/>
       <c r="BH3" s="61" t="s">
         <v>30</v>
       </c>
       <c r="BI3" s="61" t="s">
         <v>29</v>
       </c>
       <c r="BK3" s="61" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:64" s="61" customFormat="1" ht="23.45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="162" t="s">
+      <c r="A4" s="206" t="s">
         <v>68</v>
       </c>
-      <c r="B4" s="201"/>
-[...1 lines deleted...]
-      <c r="D4" s="202"/>
+      <c r="B4" s="175"/>
+      <c r="C4" s="176"/>
+      <c r="D4" s="176"/>
       <c r="I4" s="72"/>
       <c r="J4" s="73"/>
       <c r="M4" s="74"/>
       <c r="Q4" s="74"/>
       <c r="R4" s="72"/>
-      <c r="S4" s="181"/>
-[...5 lines deleted...]
-      <c r="Y4" s="176" t="s">
+      <c r="S4" s="222"/>
+      <c r="T4" s="222"/>
+      <c r="U4" s="222"/>
+      <c r="V4" s="222"/>
+      <c r="W4" s="222"/>
+      <c r="X4" s="222"/>
+      <c r="Y4" s="216" t="s">
         <v>71</v>
       </c>
-      <c r="Z4" s="177"/>
-      <c r="AA4" s="168" t="s">
+      <c r="Z4" s="217"/>
+      <c r="AA4" s="167" t="s">
         <v>73</v>
       </c>
-      <c r="AB4" s="182" t="s">
+      <c r="AB4" s="223" t="s">
         <v>46</v>
       </c>
-      <c r="AC4" s="183"/>
-[...7 lines deleted...]
-      <c r="AK4" s="174" t="s">
+      <c r="AC4" s="224"/>
+      <c r="AD4" s="224"/>
+      <c r="AE4" s="224"/>
+      <c r="AF4" s="224"/>
+      <c r="AG4" s="224"/>
+      <c r="AH4" s="224"/>
+      <c r="AI4" s="224"/>
+      <c r="AJ4" s="225"/>
+      <c r="AK4" s="214" t="s">
         <v>62</v>
       </c>
-      <c r="AL4" s="224" t="s">
+      <c r="AL4" s="198" t="s">
         <v>52</v>
       </c>
-      <c r="AM4" s="224"/>
-[...7 lines deleted...]
-      <c r="AU4" s="205" t="s">
+      <c r="AM4" s="198"/>
+      <c r="AN4" s="198"/>
+      <c r="AO4" s="198"/>
+      <c r="AP4" s="198"/>
+      <c r="AQ4" s="198"/>
+      <c r="AR4" s="198"/>
+      <c r="AS4" s="198"/>
+      <c r="AT4" s="198"/>
+      <c r="AU4" s="179" t="s">
         <v>63</v>
       </c>
-      <c r="AV4" s="207" t="s">
+      <c r="AV4" s="181" t="s">
         <v>26</v>
       </c>
-      <c r="AW4" s="208"/>
-[...3 lines deleted...]
-      <c r="BA4" s="209"/>
+      <c r="AW4" s="182"/>
+      <c r="AX4" s="182"/>
+      <c r="AY4" s="182"/>
+      <c r="AZ4" s="182"/>
+      <c r="BA4" s="183"/>
       <c r="BB4" s="71"/>
       <c r="BC4" s="71" t="s">
         <v>49</v>
       </c>
       <c r="BD4" s="62"/>
       <c r="BH4" s="61" t="s">
         <v>31</v>
       </c>
       <c r="BI4" s="61" t="s">
         <v>30</v>
       </c>
       <c r="BK4" s="61" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="5" spans="1:64" s="61" customFormat="1" ht="20.45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="162"/>
-      <c r="B5" s="178" t="s">
+      <c r="A5" s="206"/>
+      <c r="B5" s="218" t="s">
         <v>55</v>
       </c>
-      <c r="C5" s="159" t="s">
+      <c r="C5" s="220" t="s">
         <v>17</v>
       </c>
-      <c r="D5" s="180"/>
-      <c r="E5" s="179" t="s">
+      <c r="D5" s="221"/>
+      <c r="E5" s="219" t="s">
         <v>43</v>
       </c>
       <c r="G5" s="75"/>
       <c r="H5" s="75"/>
       <c r="I5" s="76"/>
       <c r="J5" s="77"/>
-      <c r="L5" s="153" t="s">
+      <c r="L5" s="236" t="s">
         <v>56</v>
       </c>
       <c r="M5" s="74"/>
-      <c r="N5" s="157" t="s">
+      <c r="N5" s="240" t="s">
         <v>54</v>
       </c>
-      <c r="O5" s="155" t="s">
+      <c r="O5" s="238" t="s">
         <v>57</v>
       </c>
-      <c r="P5" s="153" t="s">
+      <c r="P5" s="236" t="s">
         <v>53</v>
       </c>
-      <c r="Q5" s="190"/>
-[...1 lines deleted...]
-      <c r="S5" s="169" t="s">
+      <c r="Q5" s="163"/>
+      <c r="R5" s="164"/>
+      <c r="S5" s="209" t="s">
         <v>3</v>
       </c>
-      <c r="T5" s="170"/>
-[...1 lines deleted...]
-      <c r="V5" s="169" t="s">
+      <c r="T5" s="210"/>
+      <c r="U5" s="211"/>
+      <c r="V5" s="209" t="s">
         <v>4</v>
       </c>
-      <c r="W5" s="170"/>
-[...4 lines deleted...]
-      <c r="AB5" s="163" t="s">
+      <c r="W5" s="210"/>
+      <c r="X5" s="211"/>
+      <c r="Y5" s="216"/>
+      <c r="Z5" s="217"/>
+      <c r="AA5" s="167"/>
+      <c r="AB5" s="154" t="s">
         <v>19</v>
       </c>
-      <c r="AC5" s="164"/>
-[...1 lines deleted...]
-      <c r="AE5" s="163" t="s">
+      <c r="AC5" s="155"/>
+      <c r="AD5" s="157"/>
+      <c r="AE5" s="154" t="s">
         <v>21</v>
       </c>
-      <c r="AF5" s="164"/>
-[...1 lines deleted...]
-      <c r="AH5" s="163" t="s">
+      <c r="AF5" s="155"/>
+      <c r="AG5" s="157"/>
+      <c r="AH5" s="154" t="s">
         <v>25</v>
       </c>
-      <c r="AI5" s="164"/>
-[...2 lines deleted...]
-      <c r="AL5" s="163" t="s">
+      <c r="AI5" s="155"/>
+      <c r="AJ5" s="157"/>
+      <c r="AK5" s="214"/>
+      <c r="AL5" s="154" t="s">
         <v>19</v>
       </c>
-      <c r="AM5" s="164"/>
-[...1 lines deleted...]
-      <c r="AO5" s="163" t="s">
+      <c r="AM5" s="155"/>
+      <c r="AN5" s="157"/>
+      <c r="AO5" s="154" t="s">
         <v>21</v>
       </c>
-      <c r="AP5" s="164"/>
-[...1 lines deleted...]
-      <c r="AR5" s="163" t="s">
+      <c r="AP5" s="155"/>
+      <c r="AQ5" s="157"/>
+      <c r="AR5" s="154" t="s">
         <v>25</v>
       </c>
-      <c r="AS5" s="164"/>
-[...5 lines deleted...]
-      <c r="AY5" s="134"/>
+      <c r="AS5" s="155"/>
+      <c r="AT5" s="156"/>
+      <c r="AU5" s="179"/>
+      <c r="AV5" s="141"/>
+      <c r="AW5" s="142"/>
+      <c r="AX5" s="142"/>
+      <c r="AY5" s="142"/>
       <c r="AZ5" s="78"/>
       <c r="BA5" s="79"/>
       <c r="BB5" s="80"/>
       <c r="BC5" s="71" t="s">
         <v>50</v>
       </c>
       <c r="BD5" s="62"/>
       <c r="BH5" s="61" t="s">
         <v>32</v>
       </c>
       <c r="BI5" s="61" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:64" s="61" customFormat="1" ht="22.9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="162"/>
-[...4 lines deleted...]
-      <c r="F6" s="159" t="s">
+      <c r="A6" s="206"/>
+      <c r="B6" s="218"/>
+      <c r="C6" s="220"/>
+      <c r="D6" s="221"/>
+      <c r="E6" s="219"/>
+      <c r="F6" s="220" t="s">
         <v>45</v>
       </c>
-      <c r="G6" s="160"/>
-[...2 lines deleted...]
-      <c r="K6" s="231" t="s">
+      <c r="G6" s="242"/>
+      <c r="H6" s="242"/>
+      <c r="I6" s="243"/>
+      <c r="K6" s="165" t="s">
         <v>2</v>
       </c>
-      <c r="L6" s="153"/>
-      <c r="M6" s="210" t="s">
+      <c r="L6" s="236"/>
+      <c r="M6" s="184" t="s">
         <v>2</v>
       </c>
-      <c r="N6" s="157"/>
-[...2 lines deleted...]
-      <c r="Q6" s="167" t="s">
+      <c r="N6" s="240"/>
+      <c r="O6" s="238"/>
+      <c r="P6" s="236"/>
+      <c r="Q6" s="208" t="s">
         <v>47</v>
       </c>
-      <c r="R6" s="168"/>
-      <c r="S6" s="151" t="s">
+      <c r="R6" s="167"/>
+      <c r="S6" s="234" t="s">
         <v>14</v>
       </c>
-      <c r="T6" s="149" t="s">
+      <c r="T6" s="232" t="s">
         <v>15</v>
       </c>
-      <c r="U6" s="147" t="s">
+      <c r="U6" s="230" t="s">
         <v>16</v>
       </c>
-      <c r="V6" s="151" t="s">
+      <c r="V6" s="234" t="s">
         <v>14</v>
       </c>
-      <c r="W6" s="149" t="s">
+      <c r="W6" s="232" t="s">
         <v>15</v>
       </c>
-      <c r="X6" s="147" t="s">
+      <c r="X6" s="230" t="s">
         <v>16</v>
       </c>
-      <c r="Y6" s="226" t="s">
+      <c r="Y6" s="158" t="s">
         <v>64</v>
       </c>
-      <c r="Z6" s="166" t="s">
+      <c r="Z6" s="207" t="s">
         <v>65</v>
       </c>
-      <c r="AA6" s="172" t="s">
+      <c r="AA6" s="212" t="s">
         <v>66</v>
       </c>
       <c r="AB6" s="81">
         <v>0.375</v>
       </c>
       <c r="AC6" s="82">
         <v>0.16666666666666666</v>
       </c>
       <c r="AD6" s="83" t="s">
         <v>23</v>
       </c>
       <c r="AE6" s="84">
         <v>0.375</v>
       </c>
       <c r="AF6" s="82">
         <v>0.25</v>
       </c>
       <c r="AG6" s="85" t="s">
         <v>24</v>
       </c>
       <c r="AH6" s="81">
         <v>0.375</v>
       </c>
       <c r="AI6" s="82">
         <v>0.5</v>
       </c>
       <c r="AJ6" s="83" t="s">
         <v>22</v>
       </c>
-      <c r="AK6" s="174"/>
+      <c r="AK6" s="214"/>
       <c r="AL6" s="81"/>
       <c r="AM6" s="82"/>
-      <c r="AN6" s="145" t="s">
+      <c r="AN6" s="228" t="s">
         <v>20</v>
       </c>
       <c r="AO6" s="84"/>
       <c r="AP6" s="82"/>
-      <c r="AQ6" s="145" t="s">
+      <c r="AQ6" s="228" t="s">
         <v>20</v>
       </c>
       <c r="AR6" s="84"/>
       <c r="AS6" s="82"/>
-      <c r="AT6" s="145" t="s">
+      <c r="AT6" s="228" t="s">
         <v>20</v>
       </c>
-      <c r="AU6" s="205"/>
-      <c r="AV6" s="214" t="s">
+      <c r="AU6" s="179"/>
+      <c r="AV6" s="188" t="s">
         <v>8</v>
       </c>
-      <c r="AW6" s="216" t="s">
+      <c r="AW6" s="190" t="s">
         <v>9</v>
       </c>
-      <c r="AX6" s="218" t="s">
+      <c r="AX6" s="192" t="s">
         <v>10</v>
       </c>
-      <c r="AY6" s="220" t="s">
+      <c r="AY6" s="194" t="s">
         <v>11</v>
       </c>
-      <c r="AZ6" s="222" t="s">
+      <c r="AZ6" s="196" t="s">
         <v>12</v>
       </c>
-      <c r="BA6" s="212" t="s">
+      <c r="BA6" s="186" t="s">
         <v>13</v>
       </c>
       <c r="BB6" s="71"/>
       <c r="BC6" s="71"/>
       <c r="BD6" s="62"/>
       <c r="BH6" s="61" t="s">
         <v>33</v>
       </c>
       <c r="BI6" s="86" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:64" s="86" customFormat="1" ht="29.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A7" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E7" s="87" t="s">
         <v>72</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>7</v>
       </c>
       <c r="I7" s="7" t="s">
         <v>58</v>
       </c>
       <c r="J7" s="88"/>
-      <c r="K7" s="232"/>
-[...4 lines deleted...]
-      <c r="P7" s="154"/>
+      <c r="K7" s="166"/>
+      <c r="L7" s="237"/>
+      <c r="M7" s="185"/>
+      <c r="N7" s="241"/>
+      <c r="O7" s="239"/>
+      <c r="P7" s="237"/>
       <c r="Q7" s="89" t="s">
         <v>3</v>
       </c>
-      <c r="R7" s="131" t="s">
+      <c r="R7" s="139" t="s">
         <v>44</v>
       </c>
-      <c r="S7" s="152"/>
-[...7 lines deleted...]
-      <c r="AA7" s="173"/>
+      <c r="S7" s="235"/>
+      <c r="T7" s="233"/>
+      <c r="U7" s="231"/>
+      <c r="V7" s="235"/>
+      <c r="W7" s="233"/>
+      <c r="X7" s="231"/>
+      <c r="Y7" s="158"/>
+      <c r="Z7" s="207"/>
+      <c r="AA7" s="213"/>
       <c r="AB7" s="90" t="s">
         <v>15</v>
       </c>
       <c r="AC7" s="91" t="s">
         <v>16</v>
       </c>
-      <c r="AD7" s="131" t="s">
+      <c r="AD7" s="139" t="s">
         <v>20</v>
       </c>
       <c r="AE7" s="92" t="s">
         <v>15</v>
       </c>
       <c r="AF7" s="93" t="s">
         <v>16</v>
       </c>
-      <c r="AG7" s="131" t="s">
+      <c r="AG7" s="139" t="s">
         <v>20</v>
       </c>
       <c r="AH7" s="92" t="s">
         <v>15</v>
       </c>
       <c r="AI7" s="93" t="s">
         <v>16</v>
       </c>
-      <c r="AJ7" s="131" t="s">
+      <c r="AJ7" s="139" t="s">
         <v>20</v>
       </c>
-      <c r="AK7" s="175"/>
+      <c r="AK7" s="215"/>
       <c r="AL7" s="92" t="s">
         <v>15</v>
       </c>
       <c r="AM7" s="94" t="s">
         <v>16</v>
       </c>
-      <c r="AN7" s="146"/>
+      <c r="AN7" s="229"/>
       <c r="AO7" s="92" t="s">
         <v>15</v>
       </c>
       <c r="AP7" s="94" t="s">
         <v>16</v>
       </c>
-      <c r="AQ7" s="146"/>
+      <c r="AQ7" s="229"/>
       <c r="AR7" s="92" t="s">
         <v>15</v>
       </c>
       <c r="AS7" s="94" t="s">
         <v>16</v>
       </c>
-      <c r="AT7" s="146"/>
-[...6 lines deleted...]
-      <c r="BA7" s="213"/>
+      <c r="AT7" s="229"/>
+      <c r="AU7" s="180"/>
+      <c r="AV7" s="189"/>
+      <c r="AW7" s="191"/>
+      <c r="AX7" s="193"/>
+      <c r="AY7" s="195"/>
+      <c r="AZ7" s="197"/>
+      <c r="BA7" s="187"/>
       <c r="BB7" s="80"/>
       <c r="BC7" s="95" t="s">
         <v>51</v>
       </c>
       <c r="BD7" s="96" t="s">
         <v>67</v>
       </c>
       <c r="BH7" s="86" t="s">
         <v>34</v>
       </c>
       <c r="BI7" s="97" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="8" spans="1:64" s="97" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="9">
         <v>1</v>
       </c>
       <c r="B8" s="10" t="s">
         <v>173</v>
       </c>
       <c r="C8" s="14" t="s">
         <v>105</v>
       </c>
       <c r="D8" s="17" t="s">
@@ -8575,51 +7288,51 @@
       <c r="AK9" s="38" t="s">
         <v>34</v>
       </c>
       <c r="AL9" s="39">
         <v>0.3125</v>
       </c>
       <c r="AM9" s="37">
         <v>0.16666666666666666</v>
       </c>
       <c r="AN9" s="40" t="s">
         <v>164</v>
       </c>
       <c r="AO9" s="39">
         <v>0.3125</v>
       </c>
       <c r="AP9" s="37">
         <v>0.25</v>
       </c>
       <c r="AQ9" s="40" t="s">
         <v>24</v>
       </c>
       <c r="AR9" s="41"/>
       <c r="AS9" s="25"/>
       <c r="AT9" s="20"/>
       <c r="AU9" s="20" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="AV9" s="51" t="s">
         <v>166</v>
       </c>
       <c r="AW9" s="52">
         <v>47</v>
       </c>
       <c r="AX9" s="52">
         <v>25</v>
       </c>
       <c r="AY9" s="53">
         <v>9705</v>
       </c>
       <c r="AZ9" s="110"/>
       <c r="BA9" s="111"/>
       <c r="BB9" s="105" t="str">
         <f>IF(OR($E9="B",$E9="e",$E9="N",$E9="T"),"1",IF($E9="","","2"))</f>
         <v>2</v>
       </c>
       <c r="BC9" s="105" t="str">
         <f t="shared" ref="BC9:BC63" si="10">IF(OR($E9="a",$E9="b",$E9="l",$E9="m",$E9="n",$E9="s",$E9="T"),"1","")</f>
         <v>1</v>
       </c>
       <c r="BD9" s="106"/>
       <c r="BI9" s="107" t="s">
@@ -9191,51 +7904,53 @@
       <c r="AJ13" s="102"/>
       <c r="AK13" s="38" t="s">
         <v>34</v>
       </c>
       <c r="AL13" s="39">
         <v>0.3125</v>
       </c>
       <c r="AM13" s="37">
         <v>0.16666666666666666</v>
       </c>
       <c r="AN13" s="40" t="s">
         <v>164</v>
       </c>
       <c r="AO13" s="39">
         <v>0.3125</v>
       </c>
       <c r="AP13" s="37">
         <v>0.25</v>
       </c>
       <c r="AQ13" s="40" t="s">
         <v>24</v>
       </c>
       <c r="AR13" s="41"/>
       <c r="AS13" s="25"/>
       <c r="AT13" s="20"/>
-      <c r="AU13" s="20"/>
+      <c r="AU13" s="20" t="s">
+        <v>34</v>
+      </c>
       <c r="AV13" s="51">
         <v>28940</v>
       </c>
       <c r="AW13" s="52">
         <v>47</v>
       </c>
       <c r="AX13" s="52">
         <v>173</v>
       </c>
       <c r="AY13" s="53">
         <v>401</v>
       </c>
       <c r="AZ13" s="110"/>
       <c r="BA13" s="111"/>
       <c r="BB13" s="105" t="str">
         <f t="shared" si="11"/>
         <v>1</v>
       </c>
       <c r="BC13" s="105" t="str">
         <f t="shared" si="10"/>
         <v>1</v>
       </c>
       <c r="BD13" s="106"/>
     </row>
     <row r="14" spans="1:64" s="107" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
@@ -10537,60 +9252,60 @@
       <c r="AB22" s="36">
         <v>0.33333333333333331</v>
       </c>
       <c r="AC22" s="37">
         <v>0.16666666666666666</v>
       </c>
       <c r="AD22" s="38" t="s">
         <v>23</v>
       </c>
       <c r="AE22" s="36">
         <v>0.33333333333333331</v>
       </c>
       <c r="AF22" s="37">
         <v>0.25</v>
       </c>
       <c r="AG22" s="38" t="s">
         <v>24</v>
       </c>
       <c r="AH22" s="101"/>
       <c r="AI22" s="45"/>
       <c r="AJ22" s="102"/>
       <c r="AK22" s="38" t="s">
         <v>34</v>
       </c>
       <c r="AL22" s="39">
-        <v>0.3125</v>
+        <v>0.33333333333333331</v>
       </c>
       <c r="AM22" s="37">
         <v>0.16666666666666666</v>
       </c>
       <c r="AN22" s="40" t="s">
         <v>164</v>
       </c>
       <c r="AO22" s="39">
-        <v>0.3125</v>
+        <v>0.33333333333333331</v>
       </c>
       <c r="AP22" s="37">
         <v>0.25</v>
       </c>
       <c r="AQ22" s="40" t="s">
         <v>24</v>
       </c>
       <c r="AR22" s="41"/>
       <c r="AS22" s="25"/>
       <c r="AT22" s="20"/>
       <c r="AU22" s="20" t="s">
         <v>37</v>
       </c>
       <c r="AV22" s="51">
         <v>28700</v>
       </c>
       <c r="AW22" s="52">
         <v>47</v>
       </c>
       <c r="AX22" s="52">
         <v>163</v>
       </c>
       <c r="AY22" s="53">
         <v>407</v>
       </c>
@@ -10626,133 +9341,133 @@
         <v>138</v>
       </c>
       <c r="G23" s="25" t="s">
         <v>87</v>
       </c>
       <c r="H23" s="20" t="s">
         <v>106</v>
       </c>
       <c r="I23" s="26">
         <v>40906</v>
       </c>
       <c r="J23" s="23" t="str">
         <f t="shared" si="0"/>
         <v>E</v>
       </c>
       <c r="K23" s="28"/>
       <c r="L23" s="20"/>
       <c r="M23" s="29"/>
       <c r="N23" s="30"/>
       <c r="O23" s="31"/>
       <c r="P23" s="32"/>
       <c r="Q23" s="98" t="str">
         <f t="shared" si="9"/>
         <v/>
       </c>
-      <c r="R23" s="26"/>
-      <c r="S23" s="3" t="str">
+      <c r="R23" s="143"/>
+      <c r="S23" s="144" t="str">
         <f t="shared" si="12"/>
         <v/>
       </c>
-      <c r="T23" s="99" t="str">
+      <c r="T23" s="145" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="U23" s="100" t="str">
+      <c r="U23" s="146" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="V23" s="3" t="str">
+      <c r="V23" s="144" t="str">
         <f t="shared" si="13"/>
         <v/>
       </c>
-      <c r="W23" s="99" t="str">
+      <c r="W23" s="145" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="X23" s="99" t="str">
+      <c r="X23" s="145" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="Y23" s="108" t="str">
+      <c r="Y23" s="147" t="str">
         <f t="shared" si="7"/>
         <v>Y</v>
       </c>
-      <c r="Z23" s="109" t="str">
+      <c r="Z23" s="148" t="str">
         <f t="shared" si="8"/>
         <v/>
       </c>
-      <c r="AA23" s="34" t="str">
+      <c r="AA23" s="149" t="str">
         <f t="shared" ref="AA23:AA34" si="14">IF(OR($E23="D",$E23="e"),"Y","")</f>
         <v>Y</v>
       </c>
-      <c r="AB23" s="36">
+      <c r="AB23" s="150">
         <v>0.33333333333333331</v>
       </c>
-      <c r="AC23" s="37">
+      <c r="AC23" s="134">
         <v>0.16666666666666666</v>
       </c>
-      <c r="AD23" s="38" t="s">
+      <c r="AD23" s="151" t="s">
         <v>164</v>
       </c>
-      <c r="AE23" s="36">
+      <c r="AE23" s="150">
         <v>0.33333333333333331</v>
       </c>
-      <c r="AF23" s="37">
+      <c r="AF23" s="134">
         <v>0.25</v>
       </c>
-      <c r="AG23" s="38" t="s">
+      <c r="AG23" s="151" t="s">
         <v>24</v>
       </c>
       <c r="AH23" s="101"/>
       <c r="AI23" s="45"/>
       <c r="AJ23" s="102"/>
-      <c r="AK23" s="38" t="s">
+      <c r="AK23" s="151" t="s">
         <v>34</v>
       </c>
       <c r="AL23" s="39">
         <v>0.33333333333333331</v>
       </c>
       <c r="AM23" s="37">
         <v>0.20833333333333334</v>
       </c>
       <c r="AN23" s="40" t="s">
         <v>164</v>
       </c>
       <c r="AO23" s="39">
         <v>0.33333333333333331</v>
       </c>
       <c r="AP23" s="37">
         <v>0.25</v>
       </c>
       <c r="AQ23" s="40" t="s">
         <v>24</v>
       </c>
       <c r="AR23" s="41"/>
       <c r="AS23" s="25"/>
       <c r="AT23" s="20"/>
-      <c r="AU23" s="20" t="s">
+      <c r="AU23" s="138" t="s">
         <v>37</v>
       </c>
       <c r="AV23" s="51" t="s">
         <v>166</v>
       </c>
       <c r="AW23" s="52">
         <v>21</v>
       </c>
       <c r="AX23" s="52">
         <v>121</v>
       </c>
       <c r="AY23" s="53">
         <v>9305</v>
       </c>
       <c r="AZ23" s="112"/>
       <c r="BA23" s="113"/>
       <c r="BB23" s="105" t="str">
         <f t="shared" si="11"/>
         <v>2</v>
       </c>
       <c r="BC23" s="105" t="str">
         <f t="shared" si="10"/>
         <v/>
       </c>
       <c r="BD23" s="114"/>
@@ -11459,60 +10174,60 @@
       <c r="AB28" s="36">
         <v>0.33333333333333331</v>
       </c>
       <c r="AC28" s="37">
         <v>0.16666666666666666</v>
       </c>
       <c r="AD28" s="38" t="s">
         <v>23</v>
       </c>
       <c r="AE28" s="36">
         <v>0.33333333333333331</v>
       </c>
       <c r="AF28" s="37">
         <v>0.25</v>
       </c>
       <c r="AG28" s="38" t="s">
         <v>24</v>
       </c>
       <c r="AH28" s="101"/>
       <c r="AI28" s="45"/>
       <c r="AJ28" s="102"/>
       <c r="AK28" s="38" t="s">
         <v>34</v>
       </c>
       <c r="AL28" s="39">
-        <v>0.3125</v>
+        <v>0.33333333333333331</v>
       </c>
       <c r="AM28" s="37">
         <v>0.16666666666666666</v>
       </c>
       <c r="AN28" s="40" t="s">
         <v>164</v>
       </c>
       <c r="AO28" s="39">
-        <v>0.3125</v>
+        <v>0.33333333333333331</v>
       </c>
       <c r="AP28" s="37">
         <v>0.25</v>
       </c>
       <c r="AQ28" s="40" t="s">
         <v>24</v>
       </c>
       <c r="AR28" s="41"/>
       <c r="AS28" s="25"/>
       <c r="AT28" s="20"/>
       <c r="AU28" s="20" t="s">
         <v>37</v>
       </c>
       <c r="AV28" s="51">
         <v>27740</v>
       </c>
       <c r="AW28" s="52">
         <v>47</v>
       </c>
       <c r="AX28" s="52">
         <v>179</v>
       </c>
       <c r="AY28" s="53">
         <v>620</v>
       </c>
@@ -11890,75 +10605,75 @@
       </c>
       <c r="AA31" s="34" t="s">
         <v>37</v>
       </c>
       <c r="AB31" s="36">
         <v>0.35416666666666669</v>
       </c>
       <c r="AC31" s="37">
         <v>0.1875</v>
       </c>
       <c r="AD31" s="38" t="s">
         <v>164</v>
       </c>
       <c r="AE31" s="36">
         <v>0.35416666666666669</v>
       </c>
       <c r="AF31" s="37">
         <v>0.25</v>
       </c>
       <c r="AG31" s="38" t="s">
         <v>24</v>
       </c>
       <c r="AH31" s="101"/>
       <c r="AI31" s="45"/>
       <c r="AJ31" s="102"/>
-      <c r="AK31" s="38" t="s">
+      <c r="AK31" s="151" t="s">
         <v>37</v>
       </c>
-      <c r="AL31" s="39">
+      <c r="AL31" s="133">
         <v>0.35416666666666669</v>
       </c>
-      <c r="AM31" s="37">
+      <c r="AM31" s="134">
         <v>0.1875</v>
       </c>
-      <c r="AN31" s="40" t="s">
+      <c r="AN31" s="135" t="s">
         <v>164</v>
       </c>
-      <c r="AO31" s="39">
+      <c r="AO31" s="133">
         <v>0.35416666666666669</v>
       </c>
-      <c r="AP31" s="37">
+      <c r="AP31" s="134">
         <v>0.25</v>
       </c>
-      <c r="AQ31" s="40" t="s">
+      <c r="AQ31" s="135" t="s">
         <v>24</v>
       </c>
-      <c r="AR31" s="41"/>
-[...2 lines deleted...]
-      <c r="AU31" s="20" t="s">
+      <c r="AR31" s="152"/>
+      <c r="AS31" s="153"/>
+      <c r="AT31" s="138"/>
+      <c r="AU31" s="138" t="s">
         <v>37</v>
       </c>
       <c r="AV31" s="51">
         <v>34100</v>
       </c>
       <c r="AW31" s="52">
         <v>47</v>
       </c>
       <c r="AX31" s="52">
         <v>63</v>
       </c>
       <c r="AY31" s="53">
         <v>1003</v>
       </c>
       <c r="AZ31" s="112"/>
       <c r="BA31" s="113"/>
       <c r="BB31" s="105" t="str">
         <f t="shared" si="11"/>
         <v>1</v>
       </c>
       <c r="BC31" s="105" t="str">
         <f t="shared" si="10"/>
         <v>1</v>
       </c>
       <c r="BD31" s="114"/>
@@ -12041,151 +10756,151 @@
       </c>
       <c r="AA32" s="34" t="s">
         <v>37</v>
       </c>
       <c r="AB32" s="36">
         <v>0.35416666666666669</v>
       </c>
       <c r="AC32" s="37">
         <v>0.1875</v>
       </c>
       <c r="AD32" s="38" t="s">
         <v>164</v>
       </c>
       <c r="AE32" s="36">
         <v>0.35416666666666669</v>
       </c>
       <c r="AF32" s="37">
         <v>0.25</v>
       </c>
       <c r="AG32" s="38" t="s">
         <v>24</v>
       </c>
       <c r="AH32" s="101"/>
       <c r="AI32" s="45"/>
       <c r="AJ32" s="102"/>
-      <c r="AK32" s="38" t="s">
+      <c r="AK32" s="151" t="s">
         <v>37</v>
       </c>
-      <c r="AL32" s="39">
+      <c r="AL32" s="133">
         <v>0.35416666666666669</v>
       </c>
-      <c r="AM32" s="37">
+      <c r="AM32" s="134">
         <v>0.1875</v>
       </c>
-      <c r="AN32" s="40" t="s">
+      <c r="AN32" s="135" t="s">
         <v>164</v>
       </c>
-      <c r="AO32" s="39">
+      <c r="AO32" s="133">
         <v>0.35416666666666669</v>
       </c>
-      <c r="AP32" s="37">
+      <c r="AP32" s="134">
         <v>0.25</v>
       </c>
-      <c r="AQ32" s="40" t="s">
+      <c r="AQ32" s="135" t="s">
         <v>24</v>
       </c>
-      <c r="AR32" s="41"/>
-[...2 lines deleted...]
-      <c r="AU32" s="20" t="s">
+      <c r="AR32" s="152"/>
+      <c r="AS32" s="153"/>
+      <c r="AT32" s="138"/>
+      <c r="AU32" s="138" t="s">
         <v>37</v>
       </c>
       <c r="AV32" s="51">
         <v>34100</v>
       </c>
       <c r="AW32" s="52">
         <v>47</v>
       </c>
       <c r="AX32" s="52">
         <v>63</v>
       </c>
       <c r="AY32" s="53">
         <v>1002</v>
       </c>
       <c r="AZ32" s="112"/>
       <c r="BA32" s="113"/>
       <c r="BB32" s="105" t="str">
         <f t="shared" si="11"/>
         <v>1</v>
       </c>
       <c r="BC32" s="105" t="str">
         <f t="shared" si="10"/>
         <v>1</v>
       </c>
       <c r="BD32" s="114"/>
     </row>
     <row r="33" spans="1:56" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="116">
         <v>60</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>154</v>
       </c>
       <c r="C33" s="16" t="s">
         <v>105</v>
       </c>
       <c r="D33" s="18" t="s">
         <v>115</v>
       </c>
       <c r="E33" s="30" t="s">
         <v>27</v>
       </c>
       <c r="F33" s="24" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="G33" s="25" t="s">
         <v>154</v>
       </c>
       <c r="H33" s="20" t="s">
         <v>105</v>
       </c>
       <c r="I33" s="26">
         <v>37027</v>
       </c>
       <c r="J33" s="23" t="s">
         <v>31</v>
       </c>
       <c r="K33" s="28"/>
       <c r="L33" s="20"/>
       <c r="M33" s="29">
         <v>45159</v>
       </c>
       <c r="N33" s="30" t="s">
         <v>40</v>
       </c>
       <c r="O33" s="31">
         <v>60</v>
       </c>
       <c r="P33" s="32" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="Q33" s="98" t="str">
         <f t="shared" ref="Q33:Q42" si="15">IF(E33="F","Y","")</f>
         <v/>
       </c>
-      <c r="R33" s="26"/>
+      <c r="R33" s="143"/>
       <c r="S33" s="3" t="str">
         <f t="shared" ref="S33:S42" si="16">IF(OR(AND($BB33="1",$J33="E",$Q33="Y"),AND($E33="f",$J33="E"),AND(U33="1",T33="")),"1","")</f>
         <v/>
       </c>
       <c r="T33" s="99" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="U33" s="100" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="V33" s="3" t="str">
         <f t="shared" ref="V33:V37" si="17">IF(OR(AND($BB33="1",$J33="E",$R33="Y"),AND($E33="c",$J33="E"),AND(X33="1",W33="")),"1","")</f>
         <v/>
       </c>
       <c r="W33" s="99" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
       <c r="X33" s="99" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="Y33" s="108" t="str">
@@ -12193,61 +10908,61 @@
         <v/>
       </c>
       <c r="Z33" s="109" t="str">
         <f t="shared" si="8"/>
         <v/>
       </c>
       <c r="AA33" s="34" t="str">
         <f t="shared" si="14"/>
         <v/>
       </c>
       <c r="AB33" s="36">
         <v>0.35416666666666669</v>
       </c>
       <c r="AC33" s="37">
         <v>0.16666666666666666</v>
       </c>
       <c r="AD33" s="38" t="s">
         <v>163</v>
       </c>
       <c r="AE33" s="36"/>
       <c r="AF33" s="37"/>
       <c r="AG33" s="38"/>
       <c r="AH33" s="101"/>
       <c r="AI33" s="45"/>
       <c r="AJ33" s="102"/>
-      <c r="AK33" s="38"/>
-[...9 lines deleted...]
-      <c r="AU33" s="20" t="s">
+      <c r="AK33" s="151"/>
+      <c r="AL33" s="133"/>
+      <c r="AM33" s="134"/>
+      <c r="AN33" s="135"/>
+      <c r="AO33" s="133"/>
+      <c r="AP33" s="134"/>
+      <c r="AQ33" s="135"/>
+      <c r="AR33" s="152"/>
+      <c r="AS33" s="153"/>
+      <c r="AT33" s="138"/>
+      <c r="AU33" s="138" t="s">
         <v>37</v>
       </c>
       <c r="AV33" s="51">
         <v>34980</v>
       </c>
       <c r="AW33" s="52">
         <v>47</v>
       </c>
       <c r="AX33" s="52">
         <v>187</v>
       </c>
       <c r="AY33" s="53">
         <v>503</v>
       </c>
       <c r="AZ33" s="112"/>
       <c r="BA33" s="113"/>
       <c r="BB33" s="105" t="str">
         <f t="shared" si="11"/>
         <v>2</v>
       </c>
       <c r="BC33" s="105" t="str">
         <f t="shared" si="10"/>
         <v>1</v>
       </c>
       <c r="BD33" s="114"/>
@@ -12331,75 +11046,75 @@
       <c r="AA34" s="34" t="str">
         <f t="shared" si="14"/>
         <v/>
       </c>
       <c r="AB34" s="36">
         <v>0.33333333333333331</v>
       </c>
       <c r="AC34" s="37">
         <v>0.16666666666666666</v>
       </c>
       <c r="AD34" s="38" t="s">
         <v>164</v>
       </c>
       <c r="AE34" s="36">
         <v>0.33333333333333331</v>
       </c>
       <c r="AF34" s="37">
         <v>0.25</v>
       </c>
       <c r="AG34" s="38" t="s">
         <v>24</v>
       </c>
       <c r="AH34" s="101"/>
       <c r="AI34" s="45"/>
       <c r="AJ34" s="102"/>
-      <c r="AK34" s="38" t="s">
+      <c r="AK34" s="151" t="s">
         <v>34</v>
       </c>
-      <c r="AL34" s="39">
+      <c r="AL34" s="133">
         <v>0.33333333333333331</v>
       </c>
-      <c r="AM34" s="37">
+      <c r="AM34" s="134">
         <v>0.20833333333333334</v>
       </c>
-      <c r="AN34" s="40" t="s">
+      <c r="AN34" s="135" t="s">
         <v>165</v>
       </c>
-      <c r="AO34" s="39">
+      <c r="AO34" s="133">
         <v>0.33333333333333331</v>
       </c>
-      <c r="AP34" s="37">
+      <c r="AP34" s="134">
         <v>0.25</v>
       </c>
-      <c r="AQ34" s="40" t="s">
+      <c r="AQ34" s="135" t="s">
         <v>24</v>
       </c>
-      <c r="AR34" s="41"/>
-[...2 lines deleted...]
-      <c r="AU34" s="20" t="s">
+      <c r="AR34" s="152"/>
+      <c r="AS34" s="153"/>
+      <c r="AT34" s="138"/>
+      <c r="AU34" s="138" t="s">
         <v>37</v>
       </c>
       <c r="AV34" s="51" t="s">
         <v>166</v>
       </c>
       <c r="AW34" s="52">
         <v>21</v>
       </c>
       <c r="AX34" s="52">
         <v>125</v>
       </c>
       <c r="AY34" s="53">
         <v>9705</v>
       </c>
       <c r="AZ34" s="112"/>
       <c r="BA34" s="113"/>
       <c r="BB34" s="105" t="str">
         <f t="shared" si="11"/>
         <v>1</v>
       </c>
       <c r="BC34" s="105" t="str">
         <f t="shared" si="10"/>
         <v>1</v>
       </c>
       <c r="BD34" s="114"/>
@@ -12482,75 +11197,75 @@
       </c>
       <c r="AA35" s="34" t="s">
         <v>37</v>
       </c>
       <c r="AB35" s="36">
         <v>0.33333333333333331</v>
       </c>
       <c r="AC35" s="37">
         <v>0.16666666666666666</v>
       </c>
       <c r="AD35" s="38" t="s">
         <v>164</v>
       </c>
       <c r="AE35" s="36">
         <v>0.33333333333333331</v>
       </c>
       <c r="AF35" s="37">
         <v>0.25</v>
       </c>
       <c r="AG35" s="38" t="s">
         <v>24</v>
       </c>
       <c r="AH35" s="101"/>
       <c r="AI35" s="45"/>
       <c r="AJ35" s="102"/>
-      <c r="AK35" s="38" t="s">
+      <c r="AK35" s="151" t="s">
         <v>34</v>
       </c>
-      <c r="AL35" s="39">
+      <c r="AL35" s="133">
         <v>0.33333333333333331</v>
       </c>
-      <c r="AM35" s="37">
+      <c r="AM35" s="134">
         <v>0.20833333333333334</v>
       </c>
-      <c r="AN35" s="40" t="s">
+      <c r="AN35" s="135" t="s">
         <v>165</v>
       </c>
-      <c r="AO35" s="39">
+      <c r="AO35" s="133">
         <v>0.33333333333333331</v>
       </c>
-      <c r="AP35" s="37">
+      <c r="AP35" s="134">
         <v>0.25</v>
       </c>
-      <c r="AQ35" s="40" t="s">
+      <c r="AQ35" s="135" t="s">
         <v>24</v>
       </c>
-      <c r="AR35" s="42"/>
-[...2 lines deleted...]
-      <c r="AU35" s="20"/>
+      <c r="AR35" s="137"/>
+      <c r="AS35" s="136"/>
+      <c r="AT35" s="138"/>
+      <c r="AU35" s="138"/>
       <c r="AV35" s="51" t="s">
         <v>166</v>
       </c>
       <c r="AW35" s="52">
         <v>21</v>
       </c>
       <c r="AX35" s="52">
         <v>125</v>
       </c>
       <c r="AY35" s="53">
         <v>9706</v>
       </c>
       <c r="AZ35" s="112"/>
       <c r="BA35" s="113"/>
       <c r="BB35" s="105" t="str">
         <f t="shared" si="11"/>
         <v>1</v>
       </c>
       <c r="BC35" s="105" t="str">
         <f t="shared" si="10"/>
         <v>1</v>
       </c>
       <c r="BD35" s="114"/>
     </row>
     <row r="36" spans="1:56" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
@@ -12631,81 +11346,81 @@
       </c>
       <c r="AA36" s="34" t="s">
         <v>37</v>
       </c>
       <c r="AB36" s="36">
         <v>0.33333333333333331</v>
       </c>
       <c r="AC36" s="37">
         <v>0.16666666666666666</v>
       </c>
       <c r="AD36" s="38" t="s">
         <v>164</v>
       </c>
       <c r="AE36" s="36">
         <v>0.33333333333333331</v>
       </c>
       <c r="AF36" s="37">
         <v>0.25</v>
       </c>
       <c r="AG36" s="38" t="s">
         <v>24</v>
       </c>
       <c r="AH36" s="101"/>
       <c r="AI36" s="45"/>
       <c r="AJ36" s="102"/>
-      <c r="AK36" s="38" t="s">
+      <c r="AK36" s="151" t="s">
         <v>34</v>
       </c>
-      <c r="AL36" s="39">
+      <c r="AL36" s="133">
         <v>0.33333333333333331</v>
       </c>
-      <c r="AM36" s="37">
+      <c r="AM36" s="134">
         <v>0.20833333333333334</v>
       </c>
-      <c r="AN36" s="40" t="s">
+      <c r="AN36" s="135" t="s">
         <v>165</v>
       </c>
-      <c r="AO36" s="39">
+      <c r="AO36" s="133">
         <v>0.33333333333333331</v>
       </c>
-      <c r="AP36" s="37">
+      <c r="AP36" s="134">
         <v>0.25</v>
       </c>
-      <c r="AQ36" s="40" t="s">
+      <c r="AQ36" s="135" t="s">
         <v>24</v>
       </c>
-      <c r="AR36" s="42">
+      <c r="AR36" s="137">
         <v>0.33333333333333331</v>
       </c>
-      <c r="AS36" s="43">
+      <c r="AS36" s="136">
         <v>0.5</v>
       </c>
-      <c r="AT36" s="20" t="s">
+      <c r="AT36" s="138" t="s">
         <v>35</v>
       </c>
-      <c r="AU36" s="20"/>
+      <c r="AU36" s="138"/>
       <c r="AV36" s="51" t="s">
         <v>166</v>
       </c>
       <c r="AW36" s="52">
         <v>21</v>
       </c>
       <c r="AX36" s="52">
         <v>125</v>
       </c>
       <c r="AY36" s="53">
         <v>9707</v>
       </c>
       <c r="AZ36" s="112"/>
       <c r="BA36" s="113"/>
       <c r="BB36" s="105" t="str">
         <f t="shared" si="11"/>
         <v>1</v>
       </c>
       <c r="BC36" s="105" t="str">
         <f t="shared" si="10"/>
         <v>1</v>
       </c>
       <c r="BD36" s="114"/>
     </row>
     <row r="37" spans="1:56" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
@@ -12786,667 +11501,675 @@
       </c>
       <c r="AA37" s="34" t="s">
         <v>37</v>
       </c>
       <c r="AB37" s="36">
         <v>0.33333333333333331</v>
       </c>
       <c r="AC37" s="37">
         <v>0.16666666666666666</v>
       </c>
       <c r="AD37" s="38" t="s">
         <v>164</v>
       </c>
       <c r="AE37" s="36">
         <v>0.33333333333333331</v>
       </c>
       <c r="AF37" s="37">
         <v>0.25</v>
       </c>
       <c r="AG37" s="38" t="s">
         <v>24</v>
       </c>
       <c r="AH37" s="101"/>
       <c r="AI37" s="45"/>
       <c r="AJ37" s="102"/>
-      <c r="AK37" s="38" t="s">
+      <c r="AK37" s="151" t="s">
         <v>34</v>
       </c>
-      <c r="AL37" s="39">
+      <c r="AL37" s="133">
         <v>0.33333333333333331</v>
       </c>
-      <c r="AM37" s="37">
+      <c r="AM37" s="134">
         <v>0.20833333333333334</v>
       </c>
-      <c r="AN37" s="40" t="s">
+      <c r="AN37" s="135" t="s">
         <v>165</v>
       </c>
-      <c r="AO37" s="39">
+      <c r="AO37" s="133">
         <v>0.33333333333333331</v>
       </c>
-      <c r="AP37" s="37">
+      <c r="AP37" s="134">
         <v>0.25</v>
       </c>
-      <c r="AQ37" s="40" t="s">
+      <c r="AQ37" s="135" t="s">
         <v>24</v>
       </c>
-      <c r="AR37" s="42"/>
-[...2 lines deleted...]
-      <c r="AU37" s="20"/>
+      <c r="AR37" s="137"/>
+      <c r="AS37" s="136"/>
+      <c r="AT37" s="138"/>
+      <c r="AU37" s="138"/>
       <c r="AV37" s="51" t="s">
         <v>166</v>
       </c>
       <c r="AW37" s="52">
         <v>21</v>
       </c>
       <c r="AX37" s="52">
         <v>125</v>
       </c>
       <c r="AY37" s="53">
         <v>9710.0300000000007</v>
       </c>
       <c r="AZ37" s="112"/>
       <c r="BA37" s="113"/>
       <c r="BB37" s="105" t="str">
         <f t="shared" si="11"/>
         <v>1</v>
       </c>
       <c r="BC37" s="105" t="str">
         <f t="shared" si="10"/>
         <v>1</v>
       </c>
       <c r="BD37" s="114"/>
     </row>
     <row r="38" spans="1:56" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="116">
         <v>84</v>
       </c>
       <c r="B38" s="12" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="C38" s="16" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="D38" s="18" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="E38" s="30" t="s">
         <v>27</v>
       </c>
       <c r="F38" s="24" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="G38" s="25" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="H38" s="20" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="I38" s="26">
         <v>28052</v>
       </c>
       <c r="J38" s="23" t="s">
         <v>31</v>
       </c>
       <c r="K38" s="28">
         <v>45474</v>
       </c>
       <c r="L38" s="20" t="s">
         <v>27</v>
       </c>
       <c r="M38" s="29"/>
       <c r="N38" s="30"/>
-      <c r="O38" s="136"/>
+      <c r="O38" s="132"/>
       <c r="P38" s="32"/>
       <c r="Q38" s="98" t="str">
         <f t="shared" si="15"/>
         <v/>
       </c>
-      <c r="R38" s="26"/>
+      <c r="R38" s="143"/>
       <c r="S38" s="3" t="str">
         <f t="shared" si="16"/>
         <v/>
       </c>
       <c r="T38" s="99" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="U38" s="100" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="V38" s="3"/>
       <c r="W38" s="99"/>
       <c r="X38" s="99"/>
       <c r="Y38" s="108"/>
       <c r="Z38" s="109"/>
       <c r="AA38" s="34"/>
       <c r="AB38" s="36">
         <v>0.35416666666666669</v>
       </c>
       <c r="AC38" s="37">
         <v>0.20833333333333334</v>
       </c>
       <c r="AD38" s="38" t="s">
         <v>163</v>
       </c>
       <c r="AE38" s="36"/>
       <c r="AF38" s="37"/>
       <c r="AG38" s="38"/>
       <c r="AH38" s="101"/>
       <c r="AI38" s="45"/>
       <c r="AJ38" s="102"/>
-      <c r="AK38" s="38"/>
-[...9 lines deleted...]
-      <c r="AU38" s="20"/>
+      <c r="AK38" s="151"/>
+      <c r="AL38" s="133"/>
+      <c r="AM38" s="134"/>
+      <c r="AN38" s="135"/>
+      <c r="AO38" s="133"/>
+      <c r="AP38" s="134"/>
+      <c r="AQ38" s="135"/>
+      <c r="AR38" s="137"/>
+      <c r="AS38" s="136"/>
+      <c r="AT38" s="138"/>
+      <c r="AU38" s="138" t="s">
+        <v>37</v>
+      </c>
       <c r="AV38" s="51">
         <v>16740</v>
       </c>
       <c r="AW38" s="52">
         <v>37</v>
       </c>
       <c r="AX38" s="52">
         <v>71</v>
       </c>
       <c r="AY38" s="53">
         <v>319.01</v>
       </c>
       <c r="AZ38" s="112"/>
       <c r="BA38" s="113"/>
       <c r="BB38" s="105" t="str">
         <f t="shared" si="11"/>
         <v>2</v>
       </c>
       <c r="BC38" s="105" t="str">
         <f t="shared" si="10"/>
         <v>1</v>
       </c>
       <c r="BD38" s="114"/>
     </row>
     <row r="39" spans="1:56" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="116">
         <v>85</v>
       </c>
       <c r="B39" s="12" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="C39" s="16" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="D39" s="18" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="E39" s="30" t="s">
         <v>27</v>
       </c>
       <c r="F39" s="24" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="G39" s="25" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="H39" s="20" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="I39" s="26">
         <v>28054</v>
       </c>
       <c r="J39" s="23" t="s">
         <v>31</v>
       </c>
       <c r="K39" s="28">
         <v>45474</v>
       </c>
       <c r="L39" s="20" t="s">
         <v>27</v>
       </c>
       <c r="M39" s="29"/>
       <c r="N39" s="30"/>
-      <c r="O39" s="136"/>
+      <c r="O39" s="132"/>
       <c r="P39" s="32"/>
       <c r="Q39" s="98" t="str">
         <f t="shared" si="15"/>
         <v/>
       </c>
-      <c r="R39" s="26"/>
+      <c r="R39" s="143"/>
       <c r="S39" s="3" t="str">
         <f t="shared" si="16"/>
         <v/>
       </c>
       <c r="T39" s="99" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="U39" s="100" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="V39" s="3"/>
       <c r="W39" s="99"/>
       <c r="X39" s="99"/>
       <c r="Y39" s="108"/>
       <c r="Z39" s="109"/>
       <c r="AA39" s="34" t="s">
         <v>37</v>
       </c>
       <c r="AB39" s="36">
         <v>0.35416666666666669</v>
       </c>
       <c r="AC39" s="37">
         <v>0.20833333333333334</v>
       </c>
       <c r="AD39" s="38" t="s">
         <v>163</v>
       </c>
       <c r="AE39" s="36"/>
       <c r="AF39" s="37"/>
       <c r="AG39" s="38"/>
       <c r="AH39" s="101"/>
       <c r="AI39" s="45"/>
       <c r="AJ39" s="102"/>
-      <c r="AK39" s="38" t="s">
+      <c r="AK39" s="151" t="s">
         <v>37</v>
       </c>
-      <c r="AL39" s="137">
+      <c r="AL39" s="133">
         <v>0.35416666666666669</v>
       </c>
-      <c r="AM39" s="138">
+      <c r="AM39" s="134">
         <v>0.20833333333333334</v>
       </c>
-      <c r="AN39" s="139" t="s">
+      <c r="AN39" s="135" t="s">
         <v>163</v>
       </c>
-      <c r="AO39" s="137"/>
-[...5 lines deleted...]
-      <c r="AU39" s="20"/>
+      <c r="AO39" s="133"/>
+      <c r="AP39" s="134"/>
+      <c r="AQ39" s="135"/>
+      <c r="AR39" s="137"/>
+      <c r="AS39" s="136"/>
+      <c r="AT39" s="138"/>
+      <c r="AU39" s="138"/>
       <c r="AV39" s="51">
         <v>16740</v>
       </c>
       <c r="AW39" s="52">
         <v>37</v>
       </c>
       <c r="AX39" s="52">
         <v>71</v>
       </c>
       <c r="AY39" s="53">
         <v>328.02</v>
       </c>
       <c r="AZ39" s="112"/>
       <c r="BA39" s="113"/>
       <c r="BB39" s="105" t="str">
         <f t="shared" si="11"/>
         <v>2</v>
       </c>
       <c r="BC39" s="105" t="str">
         <f t="shared" si="10"/>
         <v>1</v>
       </c>
       <c r="BD39" s="114"/>
     </row>
     <row r="40" spans="1:56" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="116">
         <v>87</v>
       </c>
       <c r="B40" s="12" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="C40" s="16" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="D40" s="18" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="E40" s="30" t="s">
         <v>27</v>
       </c>
       <c r="F40" s="24" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="G40" s="25" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="H40" s="20" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="I40" s="26">
         <v>28086</v>
       </c>
       <c r="J40" s="23" t="s">
         <v>31</v>
       </c>
       <c r="K40" s="28">
         <v>45474</v>
       </c>
       <c r="L40" s="20" t="s">
         <v>27</v>
       </c>
       <c r="M40" s="29"/>
       <c r="N40" s="30"/>
-      <c r="O40" s="136"/>
+      <c r="O40" s="132"/>
       <c r="P40" s="32"/>
       <c r="Q40" s="98" t="str">
         <f t="shared" si="15"/>
         <v/>
       </c>
-      <c r="R40" s="26"/>
+      <c r="R40" s="143"/>
       <c r="S40" s="3" t="str">
         <f t="shared" si="16"/>
         <v/>
       </c>
       <c r="T40" s="99" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="U40" s="100" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="V40" s="3"/>
       <c r="W40" s="99"/>
       <c r="X40" s="99"/>
       <c r="Y40" s="108"/>
       <c r="Z40" s="109"/>
       <c r="AA40" s="34" t="s">
         <v>37</v>
       </c>
       <c r="AB40" s="36">
         <v>0.35416666666666669</v>
       </c>
       <c r="AC40" s="37">
         <v>0.20833333333333334</v>
       </c>
       <c r="AD40" s="38" t="s">
         <v>163</v>
       </c>
       <c r="AE40" s="36"/>
       <c r="AF40" s="37"/>
       <c r="AG40" s="38"/>
       <c r="AH40" s="101"/>
       <c r="AI40" s="45"/>
       <c r="AJ40" s="102"/>
-      <c r="AK40" s="38" t="s">
+      <c r="AK40" s="151" t="s">
         <v>37</v>
       </c>
-      <c r="AL40" s="137">
+      <c r="AL40" s="133">
         <v>0.35416666666666669</v>
       </c>
-      <c r="AM40" s="138">
+      <c r="AM40" s="134">
         <v>0.20833333333333334</v>
       </c>
-      <c r="AN40" s="139" t="s">
+      <c r="AN40" s="135" t="s">
         <v>163</v>
       </c>
-      <c r="AO40" s="137"/>
-[...5 lines deleted...]
-      <c r="AU40" s="20"/>
+      <c r="AO40" s="133"/>
+      <c r="AP40" s="134"/>
+      <c r="AQ40" s="135"/>
+      <c r="AR40" s="137"/>
+      <c r="AS40" s="136"/>
+      <c r="AT40" s="138"/>
+      <c r="AU40" s="138" t="s">
+        <v>37</v>
+      </c>
       <c r="AV40" s="51" t="s">
         <v>166</v>
       </c>
       <c r="AW40" s="52">
         <v>37</v>
       </c>
       <c r="AX40" s="52">
         <v>45</v>
       </c>
       <c r="AY40" s="53">
         <v>9504</v>
       </c>
       <c r="AZ40" s="112"/>
       <c r="BA40" s="113"/>
       <c r="BB40" s="105" t="str">
         <f t="shared" si="11"/>
         <v>2</v>
       </c>
       <c r="BC40" s="105" t="str">
         <f t="shared" si="10"/>
         <v>1</v>
       </c>
       <c r="BD40" s="114"/>
     </row>
     <row r="41" spans="1:56" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="116"/>
       <c r="B41" s="12" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="C41" s="16" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="D41" s="18" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="E41" s="30" t="s">
         <v>32</v>
       </c>
       <c r="F41" s="24" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="G41" s="25" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="H41" s="20" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="I41" s="26">
         <v>28092</v>
       </c>
       <c r="J41" s="23" t="s">
         <v>31</v>
       </c>
       <c r="K41" s="28">
         <v>45474</v>
       </c>
       <c r="L41" s="20" t="s">
         <v>27</v>
       </c>
       <c r="M41" s="29"/>
       <c r="N41" s="30"/>
-      <c r="O41" s="136"/>
+      <c r="O41" s="132"/>
       <c r="P41" s="32"/>
       <c r="Q41" s="98" t="str">
         <f t="shared" si="15"/>
         <v/>
       </c>
-      <c r="R41" s="26"/>
+      <c r="R41" s="143"/>
       <c r="S41" s="3" t="str">
         <f t="shared" si="16"/>
         <v/>
       </c>
       <c r="T41" s="99" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="U41" s="100" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="V41" s="3"/>
       <c r="W41" s="99"/>
       <c r="X41" s="99"/>
       <c r="Y41" s="108"/>
       <c r="Z41" s="109"/>
       <c r="AA41" s="34"/>
       <c r="AB41" s="36"/>
       <c r="AC41" s="37"/>
       <c r="AD41" s="38"/>
       <c r="AE41" s="36"/>
       <c r="AF41" s="37"/>
       <c r="AG41" s="38"/>
       <c r="AH41" s="101"/>
       <c r="AI41" s="45"/>
       <c r="AJ41" s="102"/>
-      <c r="AK41" s="38"/>
-[...9 lines deleted...]
-      <c r="AU41" s="20"/>
+      <c r="AK41" s="151"/>
+      <c r="AL41" s="133"/>
+      <c r="AM41" s="134"/>
+      <c r="AN41" s="135"/>
+      <c r="AO41" s="133"/>
+      <c r="AP41" s="134"/>
+      <c r="AQ41" s="135"/>
+      <c r="AR41" s="137"/>
+      <c r="AS41" s="136"/>
+      <c r="AT41" s="138"/>
+      <c r="AU41" s="138" t="s">
+        <v>37</v>
+      </c>
       <c r="AV41" s="51">
         <v>16740</v>
       </c>
       <c r="AW41" s="52">
         <v>37</v>
       </c>
       <c r="AX41" s="52">
         <v>109</v>
       </c>
       <c r="AY41" s="53">
         <v>701</v>
       </c>
       <c r="AZ41" s="112"/>
       <c r="BA41" s="113"/>
       <c r="BB41" s="105" t="str">
         <f t="shared" si="11"/>
         <v>2</v>
       </c>
       <c r="BC41" s="105" t="str">
         <f t="shared" si="10"/>
         <v>1</v>
       </c>
       <c r="BD41" s="114"/>
     </row>
     <row r="42" spans="1:56" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="116">
         <v>86</v>
       </c>
       <c r="B42" s="12" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="C42" s="16" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="D42" s="18" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="E42" s="30" t="s">
         <v>27</v>
       </c>
       <c r="F42" s="24" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="G42" s="25" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="H42" s="20" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="I42" s="26">
         <v>28150</v>
       </c>
       <c r="J42" s="23" t="s">
         <v>31</v>
       </c>
       <c r="K42" s="28">
         <v>45474</v>
       </c>
       <c r="L42" s="20" t="s">
         <v>27</v>
       </c>
       <c r="M42" s="29"/>
       <c r="N42" s="30"/>
-      <c r="O42" s="136"/>
+      <c r="O42" s="132"/>
       <c r="P42" s="32"/>
       <c r="Q42" s="98" t="str">
         <f t="shared" si="15"/>
         <v/>
       </c>
-      <c r="R42" s="26"/>
+      <c r="R42" s="143"/>
       <c r="S42" s="3" t="str">
         <f t="shared" si="16"/>
         <v/>
       </c>
       <c r="T42" s="99" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="U42" s="100" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="V42" s="3"/>
       <c r="W42" s="99"/>
       <c r="X42" s="99"/>
       <c r="Y42" s="108"/>
       <c r="Z42" s="109"/>
       <c r="AA42" s="34" t="s">
         <v>37</v>
       </c>
       <c r="AB42" s="36">
         <v>0.35416666666666669</v>
       </c>
       <c r="AC42" s="37">
         <v>0.20833333333333334</v>
       </c>
       <c r="AD42" s="38" t="s">
         <v>163</v>
       </c>
       <c r="AE42" s="36"/>
       <c r="AF42" s="37"/>
       <c r="AG42" s="38"/>
       <c r="AH42" s="101"/>
       <c r="AI42" s="45"/>
       <c r="AJ42" s="102"/>
-      <c r="AK42" s="38" t="s">
+      <c r="AK42" s="151" t="s">
         <v>37</v>
       </c>
-      <c r="AL42" s="137">
+      <c r="AL42" s="133">
         <v>0.35416666666666669</v>
       </c>
-      <c r="AM42" s="138">
+      <c r="AM42" s="134">
         <v>0.20833333333333334</v>
       </c>
-      <c r="AN42" s="139" t="s">
+      <c r="AN42" s="135" t="s">
         <v>163</v>
       </c>
-      <c r="AO42" s="137"/>
-[...5 lines deleted...]
-      <c r="AU42" s="20"/>
+      <c r="AO42" s="133"/>
+      <c r="AP42" s="134"/>
+      <c r="AQ42" s="135"/>
+      <c r="AR42" s="137"/>
+      <c r="AS42" s="136"/>
+      <c r="AT42" s="138"/>
+      <c r="AU42" s="138" t="s">
+        <v>37</v>
+      </c>
       <c r="AV42" s="51" t="s">
         <v>166</v>
       </c>
       <c r="AW42" s="52">
         <v>37</v>
       </c>
       <c r="AX42" s="52">
         <v>45</v>
       </c>
       <c r="AY42" s="53">
         <v>9510</v>
       </c>
       <c r="AZ42" s="112"/>
       <c r="BA42" s="113"/>
       <c r="BB42" s="105" t="str">
         <f t="shared" si="11"/>
         <v>2</v>
       </c>
       <c r="BC42" s="105" t="str">
         <f t="shared" si="10"/>
         <v>1</v>
       </c>
       <c r="BD42" s="114"/>
     </row>
     <row r="43" spans="1:56" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
@@ -13832,88 +12555,88 @@
       <c r="B46" s="12" t="s">
         <v>96</v>
       </c>
       <c r="C46" s="16" t="s">
         <v>105</v>
       </c>
       <c r="D46" s="18" t="s">
         <v>109</v>
       </c>
       <c r="E46" s="30" t="s">
         <v>29</v>
       </c>
       <c r="F46" s="24" t="s">
         <v>149</v>
       </c>
       <c r="G46" s="25" t="s">
         <v>150</v>
       </c>
       <c r="H46" s="20" t="s">
         <v>105</v>
       </c>
       <c r="I46" s="26">
         <v>37721</v>
       </c>
       <c r="J46" s="23" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="K46" s="28"/>
       <c r="L46" s="20"/>
       <c r="M46" s="29"/>
       <c r="N46" s="30"/>
       <c r="O46" s="31"/>
       <c r="P46" s="32"/>
       <c r="Q46" s="98" t="str">
         <f t="shared" si="9"/>
         <v/>
       </c>
       <c r="R46" s="26" t="s">
         <v>37</v>
       </c>
       <c r="S46" s="3" t="str">
         <f t="shared" si="12"/>
         <v/>
       </c>
       <c r="T46" s="99" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="U46" s="100" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="V46" s="3" t="str">
         <f t="shared" si="13"/>
         <v>1</v>
       </c>
       <c r="W46" s="99" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
       <c r="X46" s="99" t="str">
         <f t="shared" si="6"/>
-        <v/>
+        <v>1</v>
       </c>
       <c r="Y46" s="108" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
       <c r="Z46" s="109" t="str">
         <f t="shared" si="8"/>
         <v/>
       </c>
       <c r="AA46" s="34" t="str">
         <f t="shared" si="18"/>
         <v/>
       </c>
       <c r="AB46" s="36"/>
       <c r="AC46" s="37"/>
       <c r="AD46" s="38"/>
       <c r="AE46" s="36"/>
       <c r="AF46" s="37"/>
       <c r="AG46" s="38"/>
       <c r="AH46" s="101"/>
       <c r="AI46" s="45"/>
       <c r="AJ46" s="102"/>
       <c r="AK46" s="38"/>
       <c r="AL46" s="39"/>
       <c r="AM46" s="37"/>
@@ -14192,70 +12915,78 @@
         <v>2</v>
       </c>
       <c r="BC48" s="105" t="str">
         <f t="shared" si="10"/>
         <v/>
       </c>
       <c r="BD48" s="114"/>
     </row>
     <row r="49" spans="1:56" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="116">
         <v>7</v>
       </c>
       <c r="B49" s="12" t="s">
         <v>98</v>
       </c>
       <c r="C49" s="16" t="s">
         <v>105</v>
       </c>
       <c r="D49" s="18" t="s">
         <v>113</v>
       </c>
       <c r="E49" s="30" t="s">
         <v>29</v>
       </c>
       <c r="F49" s="24" t="s">
-        <v>153</v>
+        <v>201</v>
       </c>
       <c r="G49" s="25" t="s">
         <v>92</v>
       </c>
       <c r="H49" s="20" t="s">
         <v>105</v>
       </c>
       <c r="I49" s="26">
         <v>37821</v>
       </c>
       <c r="J49" s="23" t="s">
         <v>31</v>
       </c>
       <c r="K49" s="28"/>
       <c r="L49" s="20"/>
-      <c r="M49" s="29"/>
-[...2 lines deleted...]
-      <c r="P49" s="32"/>
+      <c r="M49" s="29">
+        <v>45436</v>
+      </c>
+      <c r="N49" s="30" t="s">
+        <v>40</v>
+      </c>
+      <c r="O49" s="31">
+        <v>7</v>
+      </c>
+      <c r="P49" s="32" t="s">
+        <v>98</v>
+      </c>
       <c r="Q49" s="98" t="str">
         <f t="shared" si="9"/>
         <v/>
       </c>
       <c r="R49" s="26" t="s">
         <v>37</v>
       </c>
       <c r="S49" s="3" t="str">
         <f t="shared" si="12"/>
         <v/>
       </c>
       <c r="T49" s="99" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="U49" s="100" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="V49" s="3" t="str">
         <f t="shared" si="13"/>
         <v>1</v>
       </c>
       <c r="W49" s="99" t="str">
         <f t="shared" si="5"/>
@@ -14552,66 +13283,66 @@
         <v>47</v>
       </c>
       <c r="AX51" s="52">
         <v>25</v>
       </c>
       <c r="AY51" s="53">
         <v>9703</v>
       </c>
       <c r="AZ51" s="112"/>
       <c r="BA51" s="113"/>
       <c r="BB51" s="105" t="str">
         <f t="shared" si="11"/>
         <v>2</v>
       </c>
       <c r="BC51" s="105" t="str">
         <f t="shared" si="10"/>
         <v/>
       </c>
       <c r="BD51" s="114"/>
     </row>
     <row r="52" spans="1:56" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="116">
         <v>71</v>
       </c>
       <c r="B52" s="117" t="s">
-        <v>181</v>
+        <v>205</v>
       </c>
       <c r="C52" s="16" t="s">
         <v>105</v>
       </c>
       <c r="D52" s="118" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="E52" s="30" t="s">
         <v>29</v>
       </c>
       <c r="F52" s="24" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="G52" s="25" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="H52" s="20" t="s">
         <v>105</v>
       </c>
       <c r="I52" s="26">
         <v>37821</v>
       </c>
       <c r="J52" s="23"/>
       <c r="K52" s="122">
         <v>45127</v>
       </c>
       <c r="L52" s="30" t="s">
         <v>42</v>
       </c>
       <c r="M52" s="29"/>
       <c r="N52" s="30"/>
       <c r="O52" s="31"/>
       <c r="P52" s="32"/>
       <c r="Q52" s="98" t="str">
         <f t="shared" si="9"/>
         <v/>
       </c>
       <c r="R52" s="33" t="str">
         <f t="shared" ref="R52:R69" si="19">IF(E52="C","Y","")</f>
         <v>Y</v>
@@ -34813,1179 +33544,259 @@
       <c r="AS689" s="129"/>
       <c r="AT689" s="129"/>
     </row>
     <row r="690" spans="45:46" x14ac:dyDescent="0.25">
       <c r="AS690" s="129"/>
       <c r="AT690" s="129"/>
     </row>
     <row r="691" spans="45:46" x14ac:dyDescent="0.25">
       <c r="AS691" s="129"/>
       <c r="AT691" s="129"/>
     </row>
     <row r="692" spans="45:46" x14ac:dyDescent="0.25">
       <c r="AS692" s="129"/>
       <c r="AT692" s="129"/>
     </row>
     <row r="693" spans="45:46" x14ac:dyDescent="0.25">
       <c r="AS693" s="129"/>
       <c r="AT693" s="129"/>
     </row>
     <row r="694" spans="45:46" x14ac:dyDescent="0.25">
       <c r="AS694" s="129"/>
       <c r="AT694" s="129"/>
     </row>
   </sheetData>
   <mergeCells count="61">
-    <mergeCell ref="AR5:AT5"/>
-[...7 lines deleted...]
-    <mergeCell ref="AA4:AA5"/>
+    <mergeCell ref="S1:Z1"/>
+    <mergeCell ref="H1:R1"/>
+    <mergeCell ref="AQ6:AQ7"/>
+    <mergeCell ref="AN6:AN7"/>
+    <mergeCell ref="AT6:AT7"/>
+    <mergeCell ref="X6:X7"/>
+    <mergeCell ref="W6:W7"/>
+    <mergeCell ref="V6:V7"/>
+    <mergeCell ref="U6:U7"/>
+    <mergeCell ref="T6:T7"/>
+    <mergeCell ref="S6:S7"/>
+    <mergeCell ref="P5:P7"/>
+    <mergeCell ref="O5:O7"/>
+    <mergeCell ref="L5:L7"/>
+    <mergeCell ref="N5:N7"/>
+    <mergeCell ref="F6:I6"/>
+    <mergeCell ref="A4:A6"/>
+    <mergeCell ref="AL5:AN5"/>
+    <mergeCell ref="Z6:Z7"/>
+    <mergeCell ref="Q6:R6"/>
+    <mergeCell ref="S5:U5"/>
+    <mergeCell ref="AA6:AA7"/>
+    <mergeCell ref="AK4:AK7"/>
+    <mergeCell ref="Y4:Z5"/>
+    <mergeCell ref="B5:B6"/>
+    <mergeCell ref="E5:E6"/>
+    <mergeCell ref="C5:D6"/>
+    <mergeCell ref="S4:X4"/>
+    <mergeCell ref="V5:X5"/>
+    <mergeCell ref="AB4:AJ4"/>
+    <mergeCell ref="AB5:AD5"/>
+    <mergeCell ref="C2:D2"/>
+    <mergeCell ref="AV3:BA3"/>
+    <mergeCell ref="F2:I2"/>
+    <mergeCell ref="Y3:AU3"/>
+    <mergeCell ref="Q3:R3"/>
     <mergeCell ref="AB1:AU1"/>
     <mergeCell ref="K2:P2"/>
     <mergeCell ref="AV1:BA1"/>
     <mergeCell ref="B3:D4"/>
     <mergeCell ref="J2:J3"/>
     <mergeCell ref="AU4:AU7"/>
     <mergeCell ref="AV4:BA4"/>
     <mergeCell ref="M6:M7"/>
     <mergeCell ref="BA6:BA7"/>
     <mergeCell ref="AV6:AV7"/>
     <mergeCell ref="AW6:AW7"/>
     <mergeCell ref="AX6:AX7"/>
     <mergeCell ref="AY6:AY7"/>
     <mergeCell ref="AZ6:AZ7"/>
     <mergeCell ref="AO5:AQ5"/>
     <mergeCell ref="AL4:AT4"/>
-    <mergeCell ref="C2:D2"/>
-[...34 lines deleted...]
-    <mergeCell ref="F6:I6"/>
+    <mergeCell ref="AR5:AT5"/>
+    <mergeCell ref="AE5:AG5"/>
+    <mergeCell ref="AH5:AJ5"/>
+    <mergeCell ref="Y6:Y7"/>
+    <mergeCell ref="K3:L3"/>
+    <mergeCell ref="M3:P3"/>
+    <mergeCell ref="Q5:R5"/>
+    <mergeCell ref="K6:K7"/>
+    <mergeCell ref="AA4:AA5"/>
   </mergeCells>
-  <conditionalFormatting sqref="AH8:AJ32 AU52:AU92 AA52:AJ92">
-    <cfRule type="expression" dxfId="245" priority="298">
+  <conditionalFormatting sqref="J52:J1191">
+    <cfRule type="expression" dxfId="59" priority="270">
+      <formula>E52&lt;&gt;""</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="K8:L51">
+    <cfRule type="expression" dxfId="58" priority="24">
+      <formula>AND($E8&lt;&gt;"",$J8="o")</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="K52:L241">
+    <cfRule type="expression" dxfId="57" priority="272">
+      <formula>OR(AND($E52&lt;&gt;"",$J52="o"),AND($E52&lt;&gt;"",$J52="OC"))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="M8:N51">
+    <cfRule type="expression" dxfId="56" priority="23">
+      <formula>AND($E8&lt;&gt;"",$J8="c")</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="M52:N241">
+    <cfRule type="expression" dxfId="55" priority="271">
+      <formula>OR(AND($E52&lt;&gt;"",$J52="c"),AND($E52&lt;&gt;"",$J52="OC"))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="N52:N241">
+    <cfRule type="expression" dxfId="54" priority="273">
+      <formula>AND($E52&lt;&gt;"",$J52="c")</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="O8 O9:P32">
+    <cfRule type="expression" dxfId="53" priority="266">
+      <formula>OR($N8="CO",$N8="RE")</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="O33:O42">
+    <cfRule type="expression" dxfId="52" priority="59">
+      <formula>OR($N33="CO",$N33="RE")</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="O43">
+    <cfRule type="expression" dxfId="51" priority="29">
+      <formula>OR($N43="CO",$N43="RE")</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="O44:O51">
+    <cfRule type="expression" dxfId="50" priority="22">
+      <formula>OR($N44="CO",$N44="RE")</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="O52:P241">
+    <cfRule type="expression" dxfId="49" priority="279">
+      <formula>OR($N52="CO",$N52="RE")</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="P8">
+    <cfRule type="expression" dxfId="48" priority="304">
+      <formula>OR($N8="CO",$N8="RE")</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="P33:P51">
+    <cfRule type="expression" dxfId="47" priority="27">
+      <formula>OR($N33="CO",$N33="RE")</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="Q8:Q51">
+    <cfRule type="expression" dxfId="46" priority="26">
+      <formula>$BB8="1"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="Q52:R241">
+    <cfRule type="expression" dxfId="45" priority="277">
+      <formula>$BB52="1"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="R8:R51">
+    <cfRule type="expression" dxfId="44" priority="21">
+      <formula>$BB8="1"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AA8:AA51">
+    <cfRule type="expression" dxfId="43" priority="20">
+      <formula>OR($E8="D",$E8="E")</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AA50:AA51">
+    <cfRule type="expression" dxfId="42" priority="19">
+      <formula>$BC50="1"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AA8:AG49">
+    <cfRule type="expression" dxfId="41" priority="33">
       <formula>$BC8="1"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="N52:N92">
-[...1 lines deleted...]
-      <formula>AND($E52&lt;&gt;"",$J52="c")</formula>
+  <conditionalFormatting sqref="AA52:AJ241">
+    <cfRule type="expression" dxfId="40" priority="269">
+      <formula>$BC52="1"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="P8 O52:P92">
-[...1 lines deleted...]
-      <formula>OR($N8="CO",$N8="RE")</formula>
+  <conditionalFormatting sqref="AB50:AG51">
+    <cfRule type="expression" dxfId="39" priority="16">
+      <formula>AND($AK50="N",$AA50="Y")</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="38" priority="17">
+      <formula>AND($AA50="Y",$AK50="")</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="Q8:Q32 Q52:R92">
-[...1 lines deleted...]
-      <formula>$BB8="1"</formula>
+  <conditionalFormatting sqref="AH8:AJ51">
+    <cfRule type="expression" dxfId="37" priority="25">
+      <formula>$BC8="1"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="AK52:AK92">
-    <cfRule type="expression" dxfId="241" priority="300">
+  <conditionalFormatting sqref="AK8:AK51">
+    <cfRule type="expression" dxfId="36" priority="18">
+      <formula>AND($BC8="1",$AA8="y")</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AK52:AK241">
+    <cfRule type="expression" dxfId="35" priority="275">
       <formula>AND($BC52="1",$AA52="y")</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K52:L92">
-[...1 lines deleted...]
-      <formula>OR(AND($E52&lt;&gt;"",$J52="o"),AND($E52&lt;&gt;"",$J52="OC"))</formula>
+  <conditionalFormatting sqref="AL8:AT51">
+    <cfRule type="expression" dxfId="34" priority="14">
+      <formula>OR($E8="D",$E8="E")</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="33" priority="15">
+      <formula>$AK8="N"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="M52:N92">
-[...10 lines deleted...]
-    <cfRule type="expression" dxfId="237" priority="301">
+  <conditionalFormatting sqref="AL52:AT241">
+    <cfRule type="expression" dxfId="32" priority="276">
       <formula>AND($AK52="N",$AA52="Y")</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="236" priority="303">
+    <cfRule type="expression" dxfId="31" priority="278">
       <formula>AND($AA52="Y",$AK52="")</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="AU93:AU241 AB93:AJ241">
-[...73 lines deleted...]
-    <cfRule type="expression" dxfId="220" priority="260">
+  <conditionalFormatting sqref="AU8:AU51">
+    <cfRule type="expression" dxfId="30" priority="13">
       <formula>$BC8="1"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="AA29:AA31 AL8:AT9 AA23:AA24 AL23:AT24">
-[...939 lines deleted...]
-      <formula>OR($E50="D",$E50="E")</formula>
+  <conditionalFormatting sqref="AU52:AU241">
+    <cfRule type="expression" dxfId="29" priority="274">
+      <formula>$BC52="1"</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="9">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AU8:AU51 AK8:AK241" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>$BJ$1:$BJ$2</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J8:J51" xr:uid="{9583E648-84F5-4D17-B8B0-37332CABA593}">
       <formula1>$BK$8:$BK$9</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AU52:AU241 Q8:R241 AA8:AA241" xr:uid="{00000000-0002-0000-0000-000002000000}">
       <formula1>$BJ$1</formula1>
     </dataValidation>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="If entering a closed date, ensure column J is either &quot;C&quot; or &quot;OC&quot;" sqref="M52:M241" xr:uid="{00000000-0002-0000-0000-000005000000}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="If entering an opened date, ensure column J is either &quot;O&quot; or &quot;OC&quot;" sqref="K52:K241" xr:uid="{00000000-0002-0000-0000-000006000000}"/>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J52:J241" xr:uid="{00000000-0002-0000-0000-000007000000}">
       <formula1>$BK$8:$BK$10</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="N8:N241" xr:uid="{00000000-0002-0000-0000-000001000000}">
       <formula1>$BK$1:$BK$4</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="L8:L241" xr:uid="{00000000-0002-0000-0000-000003000000}">
       <formula1>$BL$1:$BL$3</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E8:E241" xr:uid="{00000000-0002-0000-0000-000004000000}">
       <formula1>$BI$1:$BI$10</formula1>
@@ -37069,201 +34880,185 @@
       <c r="AV18" s="51" t="s">
         <v>166</v>
       </c>
       <c r="AW18" s="52">
         <v>47</v>
       </c>
       <c r="AX18" s="52">
         <v>25</v>
       </c>
       <c r="AY18" s="53">
         <v>9703</v>
       </c>
       <c r="AZ18" s="112"/>
       <c r="BA18" s="113"/>
       <c r="BB18" s="105" t="str">
         <f t="shared" si="22"/>
         <v>2</v>
       </c>
       <c r="BC18" s="105" t="str">
         <f t="shared" si="23"/>
         <v/>
       </c>
       <c r="BD18" s="114"/>
     </row>
   </sheetData>
-  <conditionalFormatting sqref="AU17:AU18">
-    <cfRule type="expression" dxfId="30" priority="1">
+  <conditionalFormatting sqref="K1:L7">
+    <cfRule type="expression" dxfId="28" priority="28">
+      <formula>AND($E1&lt;&gt;"",$J1="o")</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="K17:L18">
+    <cfRule type="expression" dxfId="27" priority="12">
+      <formula>AND($E17&lt;&gt;"",$J17="o")</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="M1:N7">
+    <cfRule type="expression" dxfId="26" priority="27">
+      <formula>AND($E1&lt;&gt;"",$J1="c")</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="M17:N18">
+    <cfRule type="expression" dxfId="25" priority="11">
+      <formula>AND($E17&lt;&gt;"",$J17="c")</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="O1">
+    <cfRule type="expression" dxfId="24" priority="17">
+      <formula>OR($N1="CO",$N1="RE")</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="O2:O7">
+    <cfRule type="expression" dxfId="23" priority="26">
+      <formula>OR($N2="CO",$N2="RE")</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="O17:O18">
+    <cfRule type="expression" dxfId="22" priority="10">
+      <formula>OR($N17="CO",$N17="RE")</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="P1:P7">
+    <cfRule type="expression" dxfId="21" priority="16">
+      <formula>OR($N1="CO",$N1="RE")</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="P17:P18">
+    <cfRule type="expression" dxfId="20" priority="15">
+      <formula>OR($N17="CO",$N17="RE")</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="Q1:Q7">
+    <cfRule type="expression" dxfId="19" priority="30">
+      <formula>$BB1="1"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="Q17:Q18">
+    <cfRule type="expression" dxfId="18" priority="14">
+      <formula>$BB17="1"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="R1:R7">
+    <cfRule type="expression" dxfId="17" priority="25">
+      <formula>$BB1="1"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="R17:R18">
+    <cfRule type="expression" dxfId="16" priority="9">
+      <formula>$BB17="1"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AA1:AA7">
+    <cfRule type="expression" dxfId="15" priority="24">
+      <formula>OR($E1="D",$E1="E")</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AA17:AA18">
+    <cfRule type="expression" dxfId="14" priority="7">
+      <formula>$BC17="1"</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="13" priority="8">
+      <formula>OR($E17="D",$E17="E")</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AA1:AG7">
+    <cfRule type="expression" dxfId="12" priority="21">
+      <formula>$BC1="1"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AB17:AG18">
+    <cfRule type="expression" dxfId="11" priority="4">
+      <formula>AND($AK17="N",$AA17="Y")</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="10" priority="5">
+      <formula>AND($AA17="Y",$AK17="")</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AH1:AJ7">
+    <cfRule type="expression" dxfId="9" priority="29">
+      <formula>$BC1="1"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AH17:AJ18">
+    <cfRule type="expression" dxfId="8" priority="13">
       <formula>$BC17="1"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="AH1:AJ7">
-    <cfRule type="expression" dxfId="29" priority="29">
+  <conditionalFormatting sqref="AK1:AK7">
+    <cfRule type="expression" dxfId="7" priority="22">
+      <formula>AND($BC1="1",$AA1="y")</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AK17:AK18">
+    <cfRule type="expression" dxfId="6" priority="6">
+      <formula>AND($BC17="1",$AA17="y")</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AL1:AT7">
+    <cfRule type="expression" dxfId="5" priority="19">
+      <formula>OR($E1="D",$E1="E")</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="4" priority="20">
+      <formula>$AK1="N"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AL17:AT18">
+    <cfRule type="expression" dxfId="3" priority="2">
+      <formula>OR($E17="D",$E17="E")</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="2" priority="3">
+      <formula>$AK17="N"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AU1:AU7">
+    <cfRule type="expression" dxfId="1" priority="18">
       <formula>$BC1="1"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="P2:P7">
-[...75 lines deleted...]
-    <cfRule type="expression" dxfId="13" priority="13">
+  <conditionalFormatting sqref="AU17:AU18">
+    <cfRule type="expression" dxfId="0" priority="1">
       <formula>$BC17="1"</formula>
-    </cfRule>
-[...61 lines deleted...]
-      <formula>OR($E17="D",$E17="E")</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="6">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J1:J7 J17:J18" xr:uid="{7985FB1E-96C2-4B62-B39D-11643991C04C}">
       <formula1>$BK$8:$BK$9</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E1:E7 E17:E18" xr:uid="{72887796-AD1D-426F-BC1E-2B5D7EA39806}">
       <formula1>$BI$1:$BI$10</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="L1:L7 L17:L18" xr:uid="{80F966E4-58EB-4B39-A2C6-AE2D5BB86DE9}">
       <formula1>$BL$1:$BL$3</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="N1:N7 N17:N18" xr:uid="{D751E553-1EA0-49F6-A3C4-604E956B401E}">
       <formula1>$BK$1:$BK$4</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AK1:AK7 AU1:AU7 AK17:AK18 AU17:AU18" xr:uid="{5C069EC0-840E-423D-A947-C8EC3A697C5A}">
       <formula1>$BJ$1:$BJ$2</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AA1:AA7 Q1:R7 AA17:AA18 Q17:R18" xr:uid="{DDBCEDF8-0BEC-45B2-BA1F-0AF2C48351BB}">
       <formula1>$BJ$1</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>